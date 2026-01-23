--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,395 +14,395 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
-    <t>LFI4</t>
-[...5 lines deleted...]
-    <t>Waldrandumgebung</t>
+    <t>IFN4</t>
+  </si>
+  <si>
+    <t>proporzione del margine boschivo</t>
+  </si>
+  <si>
+    <t>zona circostante il margine boschivo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: Waldrand bis montane Stufe</t>
+      <t xml:space="preserve">: margine boschivo fino alla fascia montana</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz</t>
+      <t xml:space="preserve">: reticolo 1,4 x 1,4 km</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2009/17</t>
-[...47 lines deleted...]
-    <t>Schweiz</t>
+    <t>stato 2009/17</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Siedlung</t>
-[...32 lines deleted...]
-    <t>Total</t>
+    <t>area urbana</t>
+  </si>
+  <si>
+    <t>coltivo, vigna</t>
+  </si>
+  <si>
+    <t>prato pingue</t>
+  </si>
+  <si>
+    <t>prato pingue alberato</t>
+  </si>
+  <si>
+    <t>pascolo</t>
+  </si>
+  <si>
+    <t>pascolo alberato</t>
+  </si>
+  <si>
+    <t>megaforbie</t>
+  </si>
+  <si>
+    <t>prato magro</t>
+  </si>
+  <si>
+    <t>zona umida</t>
+  </si>
+  <si>
+    <t>corso d'acqua</t>
+  </si>
+  <si>
+    <t>roccia, macereto</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1396011/577784</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldrandanteil</t>
+      <t xml:space="preserve">proporzione del margine boschivo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Anteil des Waldrandes mit einer bestimmten Eigenschaft (z.B. Strukturvielfalt, Gehölzartenvielfalt, Waldrandaufbau) am gesamten Waldrand. Dabei ist der Waldrand der Grenz- oder Übergangsbereich zwischen der Vegetationsform Wald und anderen Elementen der Landschaft.</t>
+    <t>Proporzione di margine boschivo che presenta una certa caratteristica (ad es. diversità strutturale, diversità delle specie legnose, struttura del margine boschivo) rispetto al margine boschivo totale. Il margine boschivo è definito come la zona di transizione o limite tra il bosco ed altri elementi del paesaggio.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldrandumgebung</t>
+      <t xml:space="preserve">zona circostante il margine boschivo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #582</t>
     </r>
   </si>
   <si>
-    <t>Charakterisierung des an den Waldrand angrenzenden Freilands in elf Klassen. Grundlage: Feldaufnahme (MID 46: Waldrandumgebung)</t>
+    <t>Caratterizzazione del campo aperto che confina con il margine boschivo, in 11 classi. Fonte: rilievo sul terreno (MID 46: Waldrandumgebung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldrand bis montane Stufe</t>
+      <t xml:space="preserve">margine boschivo fino alla fascia montana</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2677</t>
     </r>
   </si>
   <si>
-    <t>Waldrand in den NaiS-Vegetationshöhenstufen hyperinsubrisch, kollin, kollin mit Buche, submontan, untermontan, obermontan, unter-/obermontan und hochmontan. Grundlage: Feldaufnahme (MID 29: Waldrandbeschreibung)</t>
+    <t>Margine boschivo nelle fasce vegetazionali NaiS iperinsubrica, collinare, collinare con faggio, submontana, montana inferiore, montana superiore, montana inferiore/superiore ed altimontana. Fonte: rilievo sul terreno (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz</t>
+      <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
+    <t>Reticolo di campionamento dell'IFN a maglia quadrata con una distanza di 1,4 km. Il reticolo 1,4 x 1,4 km rappresenta il reticolo terrestre comune a tutti gli inventari fin'ora eseguiti, per cui viene denominato come reticolo di base.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -754,51 +754,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2268,51 +2268,51 @@
         <v>100.0</v>
       </c>
       <c r="AC25" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD25" s="6">
         <v>100.0</v>
       </c>
       <c r="AE25" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:31" customHeight="1" ht="21.75">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1396011/577784</t>
           </r>
         </is>
       </c>
       <c r="B26" s="3"/>
       <c r="C26" s="3"/>
       <c r="D26" s="3"/>
       <c r="E26" s="3"/>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3"/>
       <c r="I26" s="3"/>
       <c r="J26" s="3"/>
       <c r="K26" s="3"/>
@@ -2328,191 +2328,191 @@
       <c r="U26" s="3"/>
       <c r="V26" s="3"/>
       <c r="W26" s="3"/>
       <c r="X26" s="3"/>
       <c r="Y26" s="3"/>
       <c r="Z26" s="3"/>
       <c r="AA26" s="3"/>
       <c r="AB26" s="3"/>
       <c r="AC26" s="3"/>
       <c r="AD26" s="3"/>
       <c r="AE26" s="3"/>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldrandanteil</t>
+            <t xml:space="preserve">proporzione del margine boschivo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldrandumgebung</t>
+            <t xml:space="preserve">zona circostante il margine boschivo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #582</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="35" spans="1:31">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:31" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="38" spans="1:31">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldrand bis montane Stufe</t>
+            <t xml:space="preserve">margine boschivo fino alla fascia montana</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2677</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:31" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="41" spans="1:31">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz</t>
+            <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:31" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>