--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -12,399 +12,402 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
-[...7 lines deleted...]
-    <t>recreation infrastructure · intensity of recreational use</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+  <si>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione di aree di saggio in bosco</t>
+  </si>
+  <si>
+    <t>infrastrutture per la ricreazione · intensità dell'uso ricreativo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...29 lines deleted...]
-    <t>intensity of recreational use</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>infrastrutture per la ricreazione</t>
+  </si>
+  <si>
+    <t>intensità dell'uso ricreativo</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>none</t>
-[...23 lines deleted...]
-    <t>specific recreation facilities</t>
+    <t>nessuna attività di svago</t>
+  </si>
+  <si>
+    <t>molto debole</t>
+  </si>
+  <si>
+    <t>debole</t>
+  </si>
+  <si>
+    <t>moderata</t>
+  </si>
+  <si>
+    <t>forte</t>
+  </si>
+  <si>
+    <t>molto forte</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>nessuna infrastruttura</t>
+  </si>
+  <si>
+    <t>sentieri</t>
+  </si>
+  <si>
+    <t>strutture specifiche</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1396108/577881</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">recreation infrastructure</t>
+      <t xml:space="preserve">infrastrutture per la ricreazione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1311</t>
     </r>
   </si>
   <si>
-    <t>Sample plots without/with recreation infrastructure (paths and specific recreation facilities) on the interpretation area (50 × 50 m). Reference: Field Survey (MID 220: Erholungseinrichtungen)</t>
+    <t>Aree di saggio senza/con infrastrutture per la ricreazione (sentieri, strutture specifiche per la ricreazione) nell'area di interpretazione (50 × 50 m). Fonte: rilievo sul terreno (MID 220: Erholungseinrichtungen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">intensity of recreational use</t>
+      <t xml:space="preserve">intensità dell'uso ricreativo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #508</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without current recreational use within a radius of 100 m around the sample plot centre, classified according to visitor frequency as a measure of the intensity of recreational use. No recreational use: &lt;10 persons/year; very low intensity: &lt;1 person/day; low: 1-10 persons/day; moderate: 11-100 persons/day; high: 101-500 persons/day; very high: &gt;500 persons/day based on the entire year or the relevant season, taking into account all types of recreational use. Reference: Forest Service Survey (MID 330: Intensität der aktuellen Erholungsnutzung)</t>
+    <t>Aree di saggio senza/con attuale uso ricreativo in un raggio di 100 m intorno al centro dell'area di saggio, classificate in base alla frequenza dei visitatori come misura dell'intensità dell'uso ricreativo. nessuna attività ricreativa: &lt;10 persone/anno, intensità delle attività ricreativa molto bassa: &lt;1 persona/giorno, bassa: 1-10 persone/giorno, moderata: 11-100 persone/giorno, grande: 101-500 persone/giorno, molto grande: &gt;500 persone/giorno riferita all'intero anno o alla relativa stagione, tenendo conto di tutti i tipi di attività ricreativa. Fonte: inchiesta presso il servizio forestale (MID 330: Intensität der aktuellen Erholungsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -756,51 +759,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="42.275" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="37.562" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
@@ -1304,51 +1307,51 @@
       </c>
       <c r="J20" s="6" t="s">
         <v>21</v>
       </c>
       <c r="K20" s="6">
         <v>0.0</v>
       </c>
       <c r="L20" s="6" t="s">
         <v>21</v>
       </c>
       <c r="M20" s="6">
         <v>0.0</v>
       </c>
       <c r="N20" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O20" s="6">
         <v>0.0</v>
       </c>
       <c r="P20" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" s="5" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="6">
         <v>0.0</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="6">
         <v>0.0</v>
       </c>
       <c r="F21" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G21" s="6">
         <v>0.0</v>
       </c>
       <c r="H21" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I21" s="6">
         <v>0.0</v>
       </c>
@@ -1690,51 +1693,51 @@
       </c>
       <c r="J28" s="6">
         <v>2.5</v>
       </c>
       <c r="K28" s="6">
         <v>74.9</v>
       </c>
       <c r="L28" s="6">
         <v>2.1</v>
       </c>
       <c r="M28" s="6">
         <v>74.4</v>
       </c>
       <c r="N28" s="6">
         <v>2.1</v>
       </c>
       <c r="O28" s="6">
         <v>67.5</v>
       </c>
       <c r="P28" s="6">
         <v>0.8</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="6">
         <v>0.0</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="6">
         <v>0.0</v>
       </c>
       <c r="F29" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G29" s="6">
         <v>0.0</v>
       </c>
       <c r="H29" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I29" s="6">
         <v>0.0</v>
       </c>
@@ -2076,51 +2079,51 @@
       </c>
       <c r="J36" s="6">
         <v>2.5</v>
       </c>
       <c r="K36" s="6">
         <v>23.2</v>
       </c>
       <c r="L36" s="6">
         <v>2.0</v>
       </c>
       <c r="M36" s="6">
         <v>24.8</v>
       </c>
       <c r="N36" s="6">
         <v>2.1</v>
       </c>
       <c r="O36" s="6">
         <v>30.7</v>
       </c>
       <c r="P36" s="6">
         <v>0.8</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="6">
         <v>0.0</v>
       </c>
       <c r="D37" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="6">
         <v>0.0</v>
       </c>
       <c r="F37" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G37" s="6">
         <v>0.0</v>
       </c>
       <c r="H37" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I37" s="6">
         <v>0.0</v>
       </c>
@@ -2859,289 +2862,289 @@
         <v>100.0</v>
       </c>
       <c r="N52" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O52" s="6">
         <v>100.0</v>
       </c>
       <c r="P52" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="21.75">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1396108/577881</t>
           </r>
         </is>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3"/>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
       <c r="I53" s="3"/>
       <c r="J53" s="3"/>
       <c r="K53" s="3"/>
       <c r="L53" s="3"/>
       <c r="M53" s="3"/>
       <c r="N53" s="3"/>
       <c r="O53" s="3"/>
       <c r="P53" s="3"/>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:16" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">recreation infrastructure</t>
+            <t xml:space="preserve">infrastrutture per la ricreazione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1311</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:16" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">intensity of recreational use</t>
+            <t xml:space="preserve">intensità dell'uso ricreativo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #508</t>
           </r>
         </is>
       </c>
     </row>
     <row r="63" spans="1:16" customHeight="1" ht="29">
       <c r="A63" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="66" spans="1:16" customHeight="1" ht="29">
       <c r="A66" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="69" spans="1:16" customHeight="1" ht="29">
       <c r="A69" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="72" spans="1:16" customHeight="1" ht="29">
       <c r="A72" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>
     <mergeCell ref="A3:P3"/>
     <mergeCell ref="A4:P4"/>
     <mergeCell ref="A5:P5"/>
     <mergeCell ref="A6:P6"/>
     <mergeCell ref="A7:P7"/>
     <mergeCell ref="A8:P8"/>
     <mergeCell ref="C10:P10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="I11:J11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="M11:N11"/>
     <mergeCell ref="O11:P11"/>
     <mergeCell ref="A13:A20"/>
     <mergeCell ref="A21:A28"/>
     <mergeCell ref="A29:A36"/>
     <mergeCell ref="A37:A44"/>
     <mergeCell ref="A45:A52"/>