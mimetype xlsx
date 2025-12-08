--- v0 (2025-12-08)
+++ v1 (2025-12-08)
@@ -14,385 +14,385 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>ant-heaps · crown closure</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proportion de placettes en forêt</t>
+  </si>
+  <si>
+    <t>fourmilières · degré de fermeture</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région biogéographique</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unité</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>ant-heaps</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>fourmilières</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>&gt;2</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>crown closure</t>
+    <t>degré de fermeture</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>crowded</t>
+    <t>comprimé</t>
   </si>
   <si>
     <t>normal</t>
   </si>
   <si>
-    <t>loose</t>
-[...14 lines deleted...]
-    <t>heterogeneous</t>
+    <t>lâche</t>
+  </si>
+  <si>
+    <t>aéré</t>
+  </si>
+  <si>
+    <t>clairièré</t>
+  </si>
+  <si>
+    <t>en collectifs serrés</t>
+  </si>
+  <si>
+    <t>en collectifs normaux</t>
+  </si>
+  <si>
+    <t>fermeture étagée</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1396116/577889</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">proportion de placettes en forêt</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Proportion de placettes d'échantillonnage qui correspondent à la définition IFN de la forêt, c'est-à-dire qui sont couvertes par de la «forêt sans la forêt buissonnante» ou de la «forêt buissonnante».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ant-heaps</t>
+      <t xml:space="preserve">fourmilières</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2345</t>
     </r>
   </si>
   <si>
-    <t>Sample plots classified: «no», «one», «two» or «more than two» red wood ant-heaps in the 500 m² circle. Reference: Field Survey (MID 837: Ameisenhaufennummer)</t>
+    <t>placettes d'échantillonnage avec aucun, un, deux ou plus de deux fourmilières de fourmis des bois dans le cercle de 5 ares. Source: relevé de terrain (MID 837: Ameisenhaufennummer)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">crown closure</t>
+      <t xml:space="preserve">degré de fermeture</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #385</t>
     </r>
   </si>
   <si>
-    <t>Measure of inter-tree crowding of the tree crowns in a stand. Reference: Field Survey (MID 266: Schlussgrad)</t>
+    <t>Mesure de la pression exercée réciproquement par les cimes des arbres d'un peuplement. Source: relevé de terrain (MID 266: Schlussgrad)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">région biogéographique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Découpage de la Suisse en six régions avec une flore et une faune similaires. Les six régions correspondent au découpage de base selon le document «Les régions biogéographiques de la Suisse», publié par l'OFEV en 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -744,51 +744,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:K42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:11">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" t="s">
         <v>2</v>
@@ -1233,266 +1233,266 @@
         <v>100.0</v>
       </c>
       <c r="I22" s="6" t="s">
         <v>18</v>
       </c>
       <c r="J22" s="6">
         <v>100.0</v>
       </c>
       <c r="K22" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:11" customHeight="1" ht="21.75">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1396116/577889</t>
           </r>
         </is>
       </c>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">proportion de placettes en forêt</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:11" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ant-heaps</t>
+            <t xml:space="preserve">fourmilières</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2345</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:11" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">crown closure</t>
+            <t xml:space="preserve">degré de fermeture</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #385</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:11" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">région biogéographique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:11" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:11" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:11" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>