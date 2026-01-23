--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -17,382 +17,382 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <t>IFN5</t>
   </si>
   <si>
-    <t>proportion de placettes en forêt</t>
-[...2 lines deleted...]
-    <t>fourmilières · degré de fermeture</t>
+    <t>proporzione di aree di saggio in bosco</t>
+  </si>
+  <si>
+    <t>formicai · grado di chiusura</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: région biogéographique</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, total de colonne</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
-[...9 lines deleted...]
-    <t>fourmilières</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>formicai</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>&gt;2</t>
   </si>
   <si>
-    <t>total</t>
-[...2 lines deleted...]
-    <t>degré de fermeture</t>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>grado di chiusura</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>comprimé</t>
-[...20 lines deleted...]
-    <t>fermeture étagée</t>
+    <t>stracolmo</t>
+  </si>
+  <si>
+    <t>normale</t>
+  </si>
+  <si>
+    <t>leggero</t>
+  </si>
+  <si>
+    <t>aperto</t>
+  </si>
+  <si>
+    <t>rado</t>
+  </si>
+  <si>
+    <t>stracolmo per gruppi</t>
+  </si>
+  <si>
+    <t>normale per gruppi</t>
+  </si>
+  <si>
+    <t>chiusura verticale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1396116/577889</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion de placettes en forêt</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion de placettes d'échantillonnage qui correspondent à la définition IFN de la forêt, c'est-à-dire qui sont couvertes par de la «forêt sans la forêt buissonnante» ou de la «forêt buissonnante».</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fourmilières</t>
+      <t xml:space="preserve">formicai</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2345</t>
     </r>
   </si>
   <si>
-    <t>placettes d'échantillonnage avec aucun, un, deux ou plus de deux fourmilières de fourmis des bois dans le cercle de 5 ares. Source: relevé de terrain (MID 837: Ameisenhaufennummer)</t>
+    <t>Aree di saggio con nessun, un, due o più di due formicai (formiche rosse) nel cerchio delle 5 are. Fonte: rilievo sul terreno (MID 837: Ameisenhaufennummer)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">degré de fermeture</t>
+      <t xml:space="preserve">grado di chiusura</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #385</t>
     </r>
   </si>
   <si>
-    <t>Mesure de la pression exercée réciproquement par les cimes des arbres d'un peuplement. Source: relevé de terrain (MID 266: Schlussgrad)</t>
+    <t>Misura della concorrenza reciproca delle chiome in un popolamento. Fonte: rilievo sul terreno (MID 266: Schlussgrad)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région biogéographique</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en six régions avec une flore et une faune similaires. Les six régions correspondent au découpage de base selon le document «Les régions biogéographiques de la Suisse», publié par l'OFEV en 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -744,51 +744,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:K42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:11">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" t="s">
         <v>2</v>
@@ -1233,266 +1233,266 @@
         <v>100.0</v>
       </c>
       <c r="I22" s="6" t="s">
         <v>18</v>
       </c>
       <c r="J22" s="6">
         <v>100.0</v>
       </c>
       <c r="K22" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:11" customHeight="1" ht="21.75">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1396116/577889</t>
           </r>
         </is>
       </c>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion de placettes en forêt</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:11" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fourmilières</t>
+            <t xml:space="preserve">formicai</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2345</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:11" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">degré de fermeture</t>
+            <t xml:space="preserve">grado di chiusura</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #385</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:11" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région biogéographique</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:11" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:11" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:11" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>