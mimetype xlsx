--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,383 +14,383 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
-    <t>LFI3–LFI4</t>
-[...5 lines deleted...]
-    <t>Art des letzten Eingriffs</t>
+    <t>NFI3–NFI4</t>
+  </si>
+  <si>
+    <t>bolewood harvested</t>
+  </si>
+  <si>
+    <t>type of last silvicultural treatment</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1000 m³/Jahr</t>
+      <t xml:space="preserve">: 1000 m³/yr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Veränderung 2004/06–2009/17</t>
-[...26 lines deleted...]
-    <t>1000 m³/Jahr</t>
+    <t>change 2004/06–2009/17</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>1000 m³/yr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>kein Eingriff</t>
-[...44 lines deleted...]
-    <t>Total</t>
+    <t>no treatment</t>
+  </si>
+  <si>
+    <t>tending</t>
+  </si>
+  <si>
+    <t>thinning</t>
+  </si>
+  <si>
+    <t>secondary felling</t>
+  </si>
+  <si>
+    <t>final felling</t>
+  </si>
+  <si>
+    <t>selection felling</t>
+  </si>
+  <si>
+    <t>thinning of mountain forest</t>
+  </si>
+  <si>
+    <t>coppice cut</t>
+  </si>
+  <si>
+    <t>conversion</t>
+  </si>
+  <si>
+    <t>transformation</t>
+  </si>
+  <si>
+    <t>sanitary felling</t>
+  </si>
+  <si>
+    <t>thinning of continuous cover forest</t>
+  </si>
+  <si>
+    <t>tending of forest edge</t>
+  </si>
+  <si>
+    <t>planting</t>
+  </si>
+  <si>
+    <t>agrosilvicultural treatments</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1399090/580863</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Nutzung von Schaftderbholz</t>
+      <t xml:space="preserve">bolewood harvested</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #87</t>
     </r>
   </si>
   <si>
-    <t>Holzvolumen des Schaftes ohne Rinde und ohne Stock von mindestens 7 cm Durchmesser (Derbholzgrenze) aller zwischen zwei Inventuren genutzten und bei der Vorinventur lebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD).</t>
+    <t>Wood volume of the stem without bark and stump ≥7 cm in diameter (limit for merchantable wood) of all trees and shrubs with a diameter at breast height (dbh) ≥12 cm that were harvested between two inventories and were alive during the earlier inventory.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Art des letzten Eingriffs</t>
+      <t xml:space="preserve">type of last silvicultural treatment</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #709</t>
     </r>
   </si>
   <si>
-    <t>Angabe, wie der Bestand beim letzten Eingriff behandelt wurde. Grundlage: Forstdienstbefragung (MID 610: Kalenderjahr alle Eingriffe seit Referenzdatum, MID 611: Art alle Eingriffe seit Referenzdatum)</t>
+    <t>Indication of how the stand was treated during the last intervention. Reference: Forest Service Survey (MID 610: Kalenderjahr alle Eingriffe seit Referenzdatum, MID 611: Art alle Eingriffe seit Referenzdatum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -742,64 +742,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1708,235 +1708,235 @@
         <v>106</v>
       </c>
       <c r="M29" s="6">
         <v>38</v>
       </c>
       <c r="N29" s="6">
         <v>6242</v>
       </c>
       <c r="O29" s="6">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="21.75">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1399090/580863</t>
           </r>
         </is>
       </c>
       <c r="B30" s="3"/>
       <c r="C30" s="3"/>
       <c r="D30" s="3"/>
       <c r="E30" s="3"/>
       <c r="F30" s="3"/>
       <c r="G30" s="3"/>
       <c r="H30" s="3"/>
       <c r="I30" s="3"/>
       <c r="J30" s="3"/>
       <c r="K30" s="3"/>
       <c r="L30" s="3"/>
       <c r="M30" s="3"/>
       <c r="N30" s="3"/>
       <c r="O30" s="3"/>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Nutzung von Schaftderbholz</t>
+            <t xml:space="preserve">bolewood harvested</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #87</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Art des letzten Eingriffs</t>
+            <t xml:space="preserve">type of last silvicultural treatment</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #709</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:15" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:15" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:15" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>46</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>