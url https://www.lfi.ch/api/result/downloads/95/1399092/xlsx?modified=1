--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,383 +14,383 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
-    <t>LFI2–LFI3</t>
-[...5 lines deleted...]
-    <t>Art des letzten Eingriffs</t>
+    <t>IFN2–IFN3</t>
+  </si>
+  <si>
+    <t>utilizzazione del legno commerciabile del fusto</t>
+  </si>
+  <si>
+    <t>tipo dell'ultimo intervento</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1000 m³/Jahr</t>
+      <t xml:space="preserve">: 1000 m³/anno</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Veränderung 1993/95–2004/06</t>
-[...26 lines deleted...]
-    <t>1000 m³/Jahr</t>
+    <t>variazione 1993/95–2004/06</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>1000 m³/anno</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>kein Eingriff</t>
-[...44 lines deleted...]
-    <t>Total</t>
+    <t>nessun intervento</t>
+  </si>
+  <si>
+    <t>cure colturali al bosco giovane</t>
+  </si>
+  <si>
+    <t>diradamento</t>
+  </si>
+  <si>
+    <t>taglio di sementazione</t>
+  </si>
+  <si>
+    <t>taglio di sgombero</t>
+  </si>
+  <si>
+    <t>taglio a scelta</t>
+  </si>
+  <si>
+    <t>diradamento nei boschi di montagna</t>
+  </si>
+  <si>
+    <t>ceduazione (cedui e cedui composti)</t>
+  </si>
+  <si>
+    <t>conversione</t>
+  </si>
+  <si>
+    <t>trasformazione</t>
+  </si>
+  <si>
+    <t>taglio fitosanitario</t>
+  </si>
+  <si>
+    <t>diradamento in foresta permanente</t>
+  </si>
+  <si>
+    <t>cura del margine boschivo</t>
+  </si>
+  <si>
+    <t>piantagione</t>
+  </si>
+  <si>
+    <t>intervento di tipo agro-forestale</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1399092/580865</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Nutzung von Schaftderbholz</t>
+      <t xml:space="preserve">utilizzazione del legno commerciabile del fusto</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #87</t>
     </r>
   </si>
   <si>
-    <t>Holzvolumen des Schaftes ohne Rinde und ohne Stock von mindestens 7 cm Durchmesser (Derbholzgrenze) aller zwischen zwei Inventuren genutzten und bei der Vorinventur lebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD).</t>
+    <t>Volume di legno del fusto senza corteccia e senza ceppaia di almeno 7 cm di diametro (limite del legno commerciabile) di tutti gli alberi e arbusti di almeno 12 cm di diametro a petto d'uomo (DPU) utilizzati tra due inventari e vivi al momento dell'inventario precedente.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Art des letzten Eingriffs</t>
+      <t xml:space="preserve">tipo dell'ultimo intervento</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #709</t>
     </r>
   </si>
   <si>
-    <t>Angabe, wie der Bestand beim letzten Eingriff behandelt wurde. Grundlage: Forstdienstbefragung (MID 610: Kalenderjahr alle Eingriffe seit Referenzdatum, MID 611: Art alle Eingriffe seit Referenzdatum)</t>
+    <t>Informazione sul tipo di intervento che è stato effettuato nel popolamento. Fonte: inchiesta presso il servizio forestale (MID 610: Kalenderjahr alle Eingriffe seit Referenzdatum, MID 611: Art alle Eingriffe seit Referenzdatum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -742,51 +742,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1708,235 +1708,235 @@
         <v>79</v>
       </c>
       <c r="M29" s="6">
         <v>29</v>
       </c>
       <c r="N29" s="6">
         <v>5715</v>
       </c>
       <c r="O29" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="21.75">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1399092/580865</t>
           </r>
         </is>
       </c>
       <c r="B30" s="3"/>
       <c r="C30" s="3"/>
       <c r="D30" s="3"/>
       <c r="E30" s="3"/>
       <c r="F30" s="3"/>
       <c r="G30" s="3"/>
       <c r="H30" s="3"/>
       <c r="I30" s="3"/>
       <c r="J30" s="3"/>
       <c r="K30" s="3"/>
       <c r="L30" s="3"/>
       <c r="M30" s="3"/>
       <c r="N30" s="3"/>
       <c r="O30" s="3"/>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Nutzung von Schaftderbholz</t>
+            <t xml:space="preserve">utilizzazione del legno commerciabile del fusto</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #87</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Art des letzten Eingriffs</t>
+            <t xml:space="preserve">tipo dell'ultimo intervento</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #709</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:15" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:15" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:15" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>46</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>