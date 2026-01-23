--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>traces of rockfall · stand density index (SDI – in 4 classes)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Anteil Waldprobeflächen</t>
+  </si>
+  <si>
+    <t>Spuren von Steinschlag · Bestandesdichteindex (4 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,290 +172,290 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
-[...5 lines deleted...]
-    <t>stand density index (SDI – in 4 classes)</t>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Spuren von Steinschlag</t>
+  </si>
+  <si>
+    <t>Bestandesdichteindex (4 Klassen)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>=400 (open to scattered)</t>
-[...17 lines deleted...]
-    <t>not present</t>
+    <t xml:space="preserve">=400 (räumig bis aufgelöst) </t>
+  </si>
+  <si>
+    <t>401-800 (normal bis locker)</t>
+  </si>
+  <si>
+    <t>801-1200 (dicht)</t>
+  </si>
+  <si>
+    <t>&gt;1200 (sehr dicht)</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>vorhanden</t>
+  </si>
+  <si>
+    <t>nicht vorhanden</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1399227/581000</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">Anteil Waldprobeflächen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">traces of rockfall</t>
+      <t xml:space="preserve">Spuren von Steinschlag</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #26</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without current traces of rockfall on the interpretation plot (50 × 50 m). Reference: Field Survey (MID 195: Steinschlag)</t>
+    <t>Probeflächen mit/ohne aktuelle Spuren von Stein- oder Blockschlag auf der Interpretationsfläche (50 × 50 m). Grundlage: Feldaufnahme (MID 195: Steinschlag)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stand density index (SDI – in 4 classes)</t>
+      <t xml:space="preserve">Bestandesdichteindex (4 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1257</t>
     </r>
   </si>
   <si>
-    <t>Density of a stand – in four classes. The Stand Density Index (SDI) is calculated on the basis of the number of stems per hectare of trees and shrubs ≥12 cm in diameter at breast height (dbh) and the mean diameter. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang, MID 1018: Baumzustand)</t>
+    <t>Dichte eines Bestandes in vier Klassen. Der Bestandesdichteindex (Stand Density Index SDI) wird aus der Stammzahl pro Hektare der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) und dem Mitteldurchmesser berechnet. Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -810,52 +810,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="29.279" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -5145,51 +5145,51 @@
         <v>100.0</v>
       </c>
       <c r="AZ36" s="7" t="s">
         <v>40</v>
       </c>
       <c r="BA36" s="7">
         <v>100.0</v>
       </c>
       <c r="BB36" s="7" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="37" spans="1:54" customHeight="1" ht="21.75">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1399227/581000</t>
           </r>
         </is>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3"/>
       <c r="K37" s="3"/>
       <c r="L37" s="3"/>
@@ -5227,226 +5227,226 @@
       <c r="AR37" s="3"/>
       <c r="AS37" s="3"/>
       <c r="AT37" s="3"/>
       <c r="AU37" s="3"/>
       <c r="AV37" s="3"/>
       <c r="AW37" s="3"/>
       <c r="AX37" s="3"/>
       <c r="AY37" s="3"/>
       <c r="AZ37" s="3"/>
       <c r="BA37" s="3"/>
       <c r="BB37" s="3"/>
     </row>
     <row r="40" spans="1:54">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">Anteil Waldprobeflächen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:54" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="43" spans="1:54">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">traces of rockfall</t>
+            <t xml:space="preserve">Spuren von Steinschlag</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #26</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:54" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="46" spans="1:54">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stand density index (SDI – in 4 classes)</t>
+            <t xml:space="preserve">Bestandesdichteindex (4 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1257</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:54" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="49" spans="1:54">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:54" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="52" spans="1:54">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:54" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="55" spans="1:54">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:54" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>60</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>