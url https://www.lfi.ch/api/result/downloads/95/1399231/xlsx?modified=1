--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,415 +14,415 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>tracce di caduta massi · indice di densità del popolamento (4 classi)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Anteil Waldprobeflächen</t>
+  </si>
+  <si>
+    <t>Spuren von Steinschlag · Bestandesdichteindex (4 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione economica</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...53 lines deleted...]
-    <t>indice di densità del popolamento (4 classi)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Spuren von Steinschlag</t>
+  </si>
+  <si>
+    <t>Bestandesdichteindex (4 Klassen)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>=400 (da aperto a rado)</t>
-[...17 lines deleted...]
-    <t>non presenti</t>
+    <t xml:space="preserve">=400 (räumig bis aufgelöst) </t>
+  </si>
+  <si>
+    <t>401-800 (normal bis locker)</t>
+  </si>
+  <si>
+    <t>801-1200 (dicht)</t>
+  </si>
+  <si>
+    <t>&gt;1200 (sehr dicht)</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>vorhanden</t>
+  </si>
+  <si>
+    <t>nicht vorhanden</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1399231/581004</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
+      <t xml:space="preserve">Anteil Waldprobeflächen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
+    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tracce di caduta massi</t>
+      <t xml:space="preserve">Spuren von Steinschlag</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #26</t>
     </r>
   </si>
   <si>
-    <t>Aree di saggio con/senza tracce attuali di caduta massi nell'area di interpretazione (50 x 50 m). Fonte: rilievo sul terreno (MID 195: Steinschlag)</t>
+    <t>Probeflächen mit/ohne aktuelle Spuren von Stein- oder Blockschlag auf der Interpretationsfläche (50 × 50 m). Grundlage: Feldaufnahme (MID 195: Steinschlag)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">indice di densità del popolamento (4 classi)</t>
+      <t xml:space="preserve">Bestandesdichteindex (4 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1257</t>
     </r>
   </si>
   <si>
-    <t>Densità di un popolamento in quattro classi. L'indice di densità del popolamento (Stand Density Index SDI) è calcolato in base al numero di fusti per ettaro di alberi e arbusti con un diametro a petto d'uomo (DPU) di almeno 12 cm e al diametro medio. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang, MID 1018: Baumzustand)</t>
+    <t>Dichte eines Bestandes in vier Klassen. Der Bestandesdichteindex (Stand Density Index SDI) wird aus der Stammzahl pro Hektare der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) und dem Mitteldurchmesser berechnet. Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione economica</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -778,51 +778,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="29.279" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -3374,51 +3374,51 @@
         <v>100.0</v>
       </c>
       <c r="AD36" s="7" t="s">
         <v>29</v>
       </c>
       <c r="AE36" s="7">
         <v>100.0</v>
       </c>
       <c r="AF36" s="7" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="37" spans="1:32" customHeight="1" ht="21.75">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1399231/581004</t>
           </r>
         </is>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3"/>
       <c r="K37" s="3"/>
       <c r="L37" s="3"/>
@@ -3434,226 +3434,226 @@
       <c r="V37" s="3"/>
       <c r="W37" s="3"/>
       <c r="X37" s="3"/>
       <c r="Y37" s="3"/>
       <c r="Z37" s="3"/>
       <c r="AA37" s="3"/>
       <c r="AB37" s="3"/>
       <c r="AC37" s="3"/>
       <c r="AD37" s="3"/>
       <c r="AE37" s="3"/>
       <c r="AF37" s="3"/>
     </row>
     <row r="40" spans="1:32">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
+            <t xml:space="preserve">Anteil Waldprobeflächen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:32" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tracce di caduta massi</t>
+            <t xml:space="preserve">Spuren von Steinschlag</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #26</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:32" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="46" spans="1:32">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">indice di densità del popolamento (4 classi)</t>
+            <t xml:space="preserve">Bestandesdichteindex (4 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1257</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:32" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione economica</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:32" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:32" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:32" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>