--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Spuren von Steinschlag · Bestandesdichteindex (4 Klassen)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>proportion of forest plots</t>
+  </si>
+  <si>
+    <t>traces of rockfall · stand density index (SDI – in 4 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Kanton</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,290 +172,290 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
-[...5 lines deleted...]
-    <t>Bestandesdichteindex (4 Klassen)</t>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>traces of rockfall</t>
+  </si>
+  <si>
+    <t>stand density index (SDI – in 4 classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t xml:space="preserve">=400 (räumig bis aufgelöst) </t>
-[...17 lines deleted...]
-    <t>nicht vorhanden</t>
+    <t>=400 (open to scattered)</t>
+  </si>
+  <si>
+    <t>401-800 (normal to loose)</t>
+  </si>
+  <si>
+    <t>801-1200 (dense)</t>
+  </si>
+  <si>
+    <t>&gt;1200 (very dense)</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>present</t>
+  </si>
+  <si>
+    <t>not present</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1399237/581010</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proportion of forest plots</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Spuren von Steinschlag</t>
+      <t xml:space="preserve">traces of rockfall</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #26</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen mit/ohne aktuelle Spuren von Stein- oder Blockschlag auf der Interpretationsfläche (50 × 50 m). Grundlage: Feldaufnahme (MID 195: Steinschlag)</t>
+    <t>Sample plots with/without current traces of rockfall on the interpretation plot (50 × 50 m). Reference: Field Survey (MID 195: Steinschlag)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bestandesdichteindex (4 Klassen)</t>
+      <t xml:space="preserve">stand density index (SDI – in 4 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1257</t>
     </r>
   </si>
   <si>
-    <t>Dichte eines Bestandes in vier Klassen. Der Bestandesdichteindex (Stand Density Index SDI) wird aus der Stammzahl pro Hektare der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) und dem Mitteldurchmesser berechnet. Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang, MID 1018: Baumzustand)</t>
+    <t>Density of a stand – in four classes. The Stand Density Index (SDI) is calculated on the basis of the number of stems per hectare of trees and shrubs ≥12 cm in diameter at breast height (dbh) and the mean diameter. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -810,52 +810,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="29.279" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -5145,51 +5145,51 @@
         <v>100.0</v>
       </c>
       <c r="AZ36" s="7" t="s">
         <v>40</v>
       </c>
       <c r="BA36" s="7">
         <v>100.0</v>
       </c>
       <c r="BB36" s="7" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="37" spans="1:54" customHeight="1" ht="21.75">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1399237/581010</t>
           </r>
         </is>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3"/>
       <c r="K37" s="3"/>
       <c r="L37" s="3"/>
@@ -5227,226 +5227,226 @@
       <c r="AR37" s="3"/>
       <c r="AS37" s="3"/>
       <c r="AT37" s="3"/>
       <c r="AU37" s="3"/>
       <c r="AV37" s="3"/>
       <c r="AW37" s="3"/>
       <c r="AX37" s="3"/>
       <c r="AY37" s="3"/>
       <c r="AZ37" s="3"/>
       <c r="BA37" s="3"/>
       <c r="BB37" s="3"/>
     </row>
     <row r="40" spans="1:54">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proportion of forest plots</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:54" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="43" spans="1:54">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Spuren von Steinschlag</t>
+            <t xml:space="preserve">traces of rockfall</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #26</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:54" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="46" spans="1:54">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Bestandesdichteindex (4 Klassen)</t>
+            <t xml:space="preserve">stand density index (SDI – in 4 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1257</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:54" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="49" spans="1:54">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:54" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="52" spans="1:54">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:54" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="55" spans="1:54">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:54" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>60</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>