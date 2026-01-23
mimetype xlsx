--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,415 +14,415 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>traces of rockfall · stand density index (SDI – in 4 classes)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Anteil Waldprobeflächen</t>
+  </si>
+  <si>
+    <t>Spuren von Steinschlag · Bestandesdichteindex (4 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...53 lines deleted...]
-    <t>stand density index (SDI – in 4 classes)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Spuren von Steinschlag</t>
+  </si>
+  <si>
+    <t>Bestandesdichteindex (4 Klassen)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>=400 (open to scattered)</t>
-[...17 lines deleted...]
-    <t>not present</t>
+    <t xml:space="preserve">=400 (räumig bis aufgelöst) </t>
+  </si>
+  <si>
+    <t>401-800 (normal bis locker)</t>
+  </si>
+  <si>
+    <t>801-1200 (dicht)</t>
+  </si>
+  <si>
+    <t>&gt;1200 (sehr dicht)</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>vorhanden</t>
+  </si>
+  <si>
+    <t>nicht vorhanden</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1399238/581011</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">Anteil Waldprobeflächen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">traces of rockfall</t>
+      <t xml:space="preserve">Spuren von Steinschlag</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #26</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without current traces of rockfall on the interpretation plot (50 × 50 m). Reference: Field Survey (MID 195: Steinschlag)</t>
+    <t>Probeflächen mit/ohne aktuelle Spuren von Stein- oder Blockschlag auf der Interpretationsfläche (50 × 50 m). Grundlage: Feldaufnahme (MID 195: Steinschlag)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stand density index (SDI – in 4 classes)</t>
+      <t xml:space="preserve">Bestandesdichteindex (4 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1257</t>
     </r>
   </si>
   <si>
-    <t>Density of a stand – in four classes. The Stand Density Index (SDI) is calculated on the basis of the number of stems per hectare of trees and shrubs ≥12 cm in diameter at breast height (dbh) and the mean diameter. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang, MID 1018: Baumzustand)</t>
+    <t>Dichte eines Bestandes in vier Klassen. Der Bestandesdichteindex (Stand Density Index SDI) wird aus der Stammzahl pro Hektare der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) und dem Mitteldurchmesser berechnet. Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -777,52 +777,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="29.279" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -3374,51 +3374,51 @@
         <v>100.0</v>
       </c>
       <c r="AD36" s="7" t="s">
         <v>29</v>
       </c>
       <c r="AE36" s="7">
         <v>100.0</v>
       </c>
       <c r="AF36" s="7" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="37" spans="1:32" customHeight="1" ht="21.75">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1399238/581011</t>
           </r>
         </is>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3"/>
       <c r="K37" s="3"/>
       <c r="L37" s="3"/>
@@ -3434,226 +3434,226 @@
       <c r="V37" s="3"/>
       <c r="W37" s="3"/>
       <c r="X37" s="3"/>
       <c r="Y37" s="3"/>
       <c r="Z37" s="3"/>
       <c r="AA37" s="3"/>
       <c r="AB37" s="3"/>
       <c r="AC37" s="3"/>
       <c r="AD37" s="3"/>
       <c r="AE37" s="3"/>
       <c r="AF37" s="3"/>
     </row>
     <row r="40" spans="1:32">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">Anteil Waldprobeflächen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:32" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">traces of rockfall</t>
+            <t xml:space="preserve">Spuren von Steinschlag</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #26</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:32" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="46" spans="1:32">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stand density index (SDI – in 4 classes)</t>
+            <t xml:space="preserve">Bestandesdichteindex (4 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1257</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:32" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:32" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:32" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:32" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>