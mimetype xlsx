--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>geomorphologische Objekte</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>proportion of forest plots</t>
+  </si>
+  <si>
+    <t>geomorphological object</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>Produktionsregion</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...11 lines deleted...]
-    <t>Schweiz</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>keine Objekte</t>
-[...32 lines deleted...]
-    <t>Total</t>
+    <t>no objects</t>
+  </si>
+  <si>
+    <t>scree</t>
+  </si>
+  <si>
+    <t>block debris</t>
+  </si>
+  <si>
+    <t>boulder</t>
+  </si>
+  <si>
+    <t>rock</t>
+  </si>
+  <si>
+    <t>limestone pavement</t>
+  </si>
+  <si>
+    <t>dolina</t>
+  </si>
+  <si>
+    <t>tuff</t>
+  </si>
+  <si>
+    <t>pit</t>
+  </si>
+  <si>
+    <t>gully</t>
+  </si>
+  <si>
+    <t>channel</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1399258/581031</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proportion of forest plots</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">geomorphologische Objekte</t>
+      <t xml:space="preserve">geomorphological object</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #601</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen ohne/mit geomorphologischen Objekten (z.B. Felsbändern, Geröll, Karren, Rinnen) auf der Interpretationsfläche (50 × 50 m), eingeteilt nach der Art des grössten Objektes. Grundlage: Feldaufnahme (MID 218: Geomorphologische Objekte, Kleinrelief)</t>
+    <t>Sample plots without/with geomorphological objects (e.g. bands of rock, boulders, limestone pavements or gullies) on the interpretation area (50 × 50 m), classified according to the type of the largest object. Reference: Field Survey (MID 218: Geomorphologische Objekte, Kleinrelief)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -727,51 +727,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1413,233 +1413,233 @@
         <v>100.0</v>
       </c>
       <c r="K25" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="6">
         <v>100.0</v>
       </c>
       <c r="M25" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="21.75">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1399258/581031</t>
           </r>
         </is>
       </c>
       <c r="B26" s="3"/>
       <c r="C26" s="3"/>
       <c r="D26" s="3"/>
       <c r="E26" s="3"/>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3"/>
       <c r="I26" s="3"/>
       <c r="J26" s="3"/>
       <c r="K26" s="3"/>
       <c r="L26" s="3"/>
       <c r="M26" s="3"/>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proportion of forest plots</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">geomorphologische Objekte</t>
+            <t xml:space="preserve">geomorphological object</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #601</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>