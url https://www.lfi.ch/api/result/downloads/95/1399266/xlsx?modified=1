--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,371 +14,371 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>geomorphological object</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione di aree di saggio in bosco</t>
+  </si>
+  <si>
+    <t>oggetti geomorfologici</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no objects</t>
-[...14 lines deleted...]
-    <t>limestone pavement</t>
+    <t>nessun oggetto</t>
+  </si>
+  <si>
+    <t>macereto</t>
+  </si>
+  <si>
+    <t>detrito di falda</t>
+  </si>
+  <si>
+    <t>naso di roccia</t>
+  </si>
+  <si>
+    <t>banda rocciosa</t>
+  </si>
+  <si>
+    <t>struttura carsica</t>
   </si>
   <si>
     <t>dolina</t>
   </si>
   <si>
-    <t>tuff</t>
-[...11 lines deleted...]
-    <t>total</t>
+    <t>tufo</t>
+  </si>
+  <si>
+    <t>forra</t>
+  </si>
+  <si>
+    <t>gola</t>
+  </si>
+  <si>
+    <t>valletta</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1399266/581039</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">geomorphological object</t>
+      <t xml:space="preserve">oggetti geomorfologici</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #601</t>
     </r>
   </si>
   <si>
-    <t>Sample plots without/with geomorphological objects (e.g. bands of rock, boulders, limestone pavements or gullies) on the interpretation area (50 × 50 m), classified according to the type of the largest object. Reference: Field Survey (MID 218: Geomorphologische Objekte, Kleinrelief)</t>
+    <t>Aree di saggio senza/con oggetti geomorfologici (ad es. bande rocciose, pietraie, strutture carsiche, vallette) sull'area di interpretazione (50 × 50 m), classificate in base al tipo di oggetto più grande. Fonte: rilievo sul terreno (MID 218: Geomorphologische Objekte, Kleinrelief)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -730,51 +730,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="29.279" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1508,235 +1508,235 @@
         <v>100.0</v>
       </c>
       <c r="M25" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N25" s="6">
         <v>100.0</v>
       </c>
       <c r="O25" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="21.75">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1399266/581039</t>
           </r>
         </is>
       </c>
       <c r="B26" s="3"/>
       <c r="C26" s="3"/>
       <c r="D26" s="3"/>
       <c r="E26" s="3"/>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3"/>
       <c r="I26" s="3"/>
       <c r="J26" s="3"/>
       <c r="K26" s="3"/>
       <c r="L26" s="3"/>
       <c r="M26" s="3"/>
       <c r="N26" s="3"/>
       <c r="O26" s="3"/>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">geomorphological object</t>
+            <t xml:space="preserve">oggetti geomorfologici</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #601</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:15" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:15" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>