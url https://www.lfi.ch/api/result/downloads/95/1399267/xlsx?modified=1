--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,371 +14,371 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>geomorphologische Objekte</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>proportion of forest plots</t>
+  </si>
+  <si>
+    <t>geomorphological object</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>biogeografische Region</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...14 lines deleted...]
-    <t>Schweiz</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>keine Objekte</t>
-[...32 lines deleted...]
-    <t>Total</t>
+    <t>no objects</t>
+  </si>
+  <si>
+    <t>scree</t>
+  </si>
+  <si>
+    <t>block debris</t>
+  </si>
+  <si>
+    <t>boulder</t>
+  </si>
+  <si>
+    <t>rock</t>
+  </si>
+  <si>
+    <t>limestone pavement</t>
+  </si>
+  <si>
+    <t>dolina</t>
+  </si>
+  <si>
+    <t>tuff</t>
+  </si>
+  <si>
+    <t>pit</t>
+  </si>
+  <si>
+    <t>gully</t>
+  </si>
+  <si>
+    <t>channel</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1399267/581040</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proportion of forest plots</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">geomorphologische Objekte</t>
+      <t xml:space="preserve">geomorphological object</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #601</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen ohne/mit geomorphologischen Objekten (z.B. Felsbändern, Geröll, Karren, Rinnen) auf der Interpretationsfläche (50 × 50 m), eingeteilt nach der Art des grössten Objektes. Grundlage: Feldaufnahme (MID 218: Geomorphologische Objekte, Kleinrelief)</t>
+    <t>Sample plots without/with geomorphological objects (e.g. bands of rock, boulders, limestone pavements or gullies) on the interpretation area (50 × 50 m), classified according to the type of the largest object. Reference: Field Survey (MID 218: Geomorphologische Objekte, Kleinrelief)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -730,51 +730,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1508,235 +1508,235 @@
         <v>100.0</v>
       </c>
       <c r="M25" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N25" s="6">
         <v>100.0</v>
       </c>
       <c r="O25" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="21.75">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1399267/581040</t>
           </r>
         </is>
       </c>
       <c r="B26" s="3"/>
       <c r="C26" s="3"/>
       <c r="D26" s="3"/>
       <c r="E26" s="3"/>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3"/>
       <c r="I26" s="3"/>
       <c r="J26" s="3"/>
       <c r="K26" s="3"/>
       <c r="L26" s="3"/>
       <c r="M26" s="3"/>
       <c r="N26" s="3"/>
       <c r="O26" s="3"/>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proportion of forest plots</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">geomorphologische Objekte</t>
+            <t xml:space="preserve">geomorphological object</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #601</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:15" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:15" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>