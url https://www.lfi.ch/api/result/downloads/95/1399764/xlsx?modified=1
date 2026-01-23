--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,448 +14,448 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
-    <t>IFN5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>numero di fusti (alberi vivi in piedi) con microhabitat</t>
+    <t>Stammzahl (stehend-lebend) mit Mikrohabitat</t>
   </si>
   <si>
-    <t>diametro a petto d'uomo (classi di 20 cm) · microhabitat (20 classi)</t>
+    <t>Brusthöhendurchmesser (20-cm-Klassen) · Mikrohabitate (20 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione dei boschi di protezione</t>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: n/ha</t>
+      <t xml:space="preserve">: Stk./ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>regione dei boschi di protezione</t>
+    <t>Schutzwaldregion</t>
   </si>
   <si>
-    <t>Giura/Altopiano</t>
+    <t>Jura + Mittelland</t>
   </si>
   <si>
-    <t>Alpi nordoccidentali</t>
+    <t>Nordalpen West</t>
   </si>
   <si>
-    <t>Alpi nordorientali</t>
+    <t>Nordalpen Ost</t>
   </si>
   <si>
-    <t>Alpi sudoccidentali</t>
+    <t>Alpen Südwest</t>
   </si>
   <si>
-    <t>Alpi sudorientali</t>
+    <t>Alpen Südost</t>
   </si>
   <si>
-    <t>Sud delle Alpi</t>
+    <t>Alpensüdseite</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>diametro a petto d'uomo (classi di 20 cm)</t>
+    <t>Brusthöhendurchmesser (20-cm-Klassen)</t>
   </si>
   <si>
-    <t>microhabitat (20 classi)</t>
+    <t>Mikrohabitate (20 Klassen)</t>
   </si>
   <si>
-    <t>n/ha</t>
+    <t>Stk./ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>cavità di nidificazione di picidi</t>
+    <t>Spechtbruthöhle</t>
   </si>
   <si>
-    <t>cavità superficiale (&lt;5 cm di profondità)</t>
+    <t>flache Baumhöhle (&lt;5 cm tief)</t>
   </si>
   <si>
-    <t>cavità (&gt;5 cm di profondità)</t>
+    <t>Baumhöhle (&gt;5 cm tief)</t>
   </si>
   <si>
-    <t>danni da insetti</t>
+    <t>Insektenschaden</t>
   </si>
   <si>
-    <t>dendrotelma</t>
+    <t>Dendrotelm</t>
   </si>
   <si>
-    <t>cavità nei contrafforti radicali</t>
+    <t>Stammfusshöhle</t>
   </si>
   <si>
-    <t>scortecciamento</t>
+    <t xml:space="preserve">Holz ohne Rinde </t>
   </si>
   <si>
-    <t>lesione da fuoco</t>
+    <t>Brandnarbe</t>
   </si>
   <si>
-    <t>tasca nella corteccia</t>
+    <t>Rindentasche</t>
   </si>
   <si>
-    <t>fusto spezzato fresco</t>
+    <t>frischer Bruch</t>
   </si>
   <si>
-    <t>fessura larga</t>
+    <t>breiter Spalt</t>
   </si>
   <si>
-    <t>legno morto nella chioma</t>
+    <t>Kronentotholz</t>
   </si>
   <si>
-    <t>cancro o tumore</t>
+    <t>Krebs oder Maserknollen</t>
   </si>
   <si>
-    <t>corpo fruttifero di fungini perenni</t>
+    <t>grosser, mehrjähriger Pilzfruchtkörper</t>
   </si>
   <si>
-    <t>corpo fruttifero di funghi effimeri</t>
+    <t>kurzlebiger Pilzfruchtkörper</t>
   </si>
   <si>
-    <t>muschi &gt;10%</t>
+    <t>mehr als 10% Moose</t>
   </si>
   <si>
-    <t>licheni &gt;10%</t>
+    <t>mehr als 10% Flechten</t>
   </si>
   <si>
-    <t>edera &gt;10%</t>
+    <t>mehr als 10% Efeu</t>
   </si>
   <si>
-    <t xml:space="preserve">colata di resina </t>
+    <t>Harzfluss</t>
   </si>
   <si>
-    <t>altri microhabitat</t>
+    <t>übrige Mikrohabitate</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>Total</t>
   </si>
   <si>
     <t>12-20 cm</t>
   </si>
   <si>
     <t>21-40 cm</t>
   </si>
   <si>
     <t>41-60 cm</t>
   </si>
   <si>
     <t>61-80 cm</t>
   </si>
   <si>
     <t>&gt;80 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1399764/581537</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di fusti (alberi vivi in piedi) con microhabitat</t>
+      <t xml:space="preserve">Stammzahl (stehend-lebend) mit Mikrohabitat</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #402</t>
     </r>
   </si>
   <si>
-    <t>Numero di alberi e arbusti vivi in piedi a partire da 12 cm di diametro a petto d'uomo, sui quali è stato rilevato un microhabitat. Visto che un albero può presentare contemporaneamente più microhabitat, esso può contribuire al numero di fusti (vivi e in piedi) di diversi microhabitat. Vengono considerati microhabitat: corpi fruttiferi fungini; tronco ricoperto per più del 10% da muschi, licheni o edera; cavità di nidificazione di picidi; cavità poco profonda dell'albero; ampia fessura; tasca nella corteccia; fusto o branca spezzata con durame esposto; dendrotelma; tumore o cancro; cavità nei contrafforti radicali; cavità profonda dell'albero; scortecciamento a partire dalla dimensione di una mano; cima secca; flusso di resina; danni da insetti (base del tronco/tronco/fusto); rami morti &gt;20%.</t>
+    <t>Anzahl der stehenden lebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), an denen ein Mikrohabitat festgestellt wurde. Da ein Baum gleichzeitig mehrere Mikrohabitate aufweisen kann, kann er zur Stammzahl (stehend-lebend) mehrerer Mikrohabitate beitragen. Als Mikrohabitate gelten: Pilzfruchtkörper; Stamm zu mehr als 10% mit Moosen, Flechten oder Efeu bewachsen; Spechtbruthöhle; flache Baumhöhle; breiter Spalt; Rindentasche; frischer Bruch; Dendrotelm; Krebs oder Maserknollen; Stammfusshöhle; tiefe Baumhöhle; Holzkörper frei ab einer Handfläche; gipfeldürr; Harzfluss; Insektenschaden (Stammfuss/Stamm/Schaft); &gt;20% Dürrastanteil.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diametro a petto d'uomo (classi di 20 cm)</t>
+      <t xml:space="preserve">Brusthöhendurchmesser (20-cm-Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2540</t>
     </r>
   </si>
   <si>
-    <t>Diametro a petto d'uomo (DPU) degli alberi e arbusti a partire da 12 cm di DPU in classi da 20 cm. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Brusthöhendurchmesser (BHD) der Bäume und Sträucher ab 12 cm BHD in Klassen zu 20 cm. Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">microhabitat (20 classi)</t>
+      <t xml:space="preserve">Mikrohabitate (20 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2360</t>
     </r>
   </si>
   <si>
-    <t>Tipo di microhabitat presente almeno una volta su un albero o un arbusto a partire da 12 cm di diametro a petto d'uomo (DPU). Fonte: rilievo sul terreno (MID 819: Bemerkung zu Ex-LFI-Probebaum, MID1027: Baumschadenart, MID 1035-1049: Baummikrohabitate)</t>
+    <t>Art des Mikrohabitats, das mindestens einmal an einem Baum oder Strauch ab 12 cm Brusthöhendurchmesser (BHD) vorkommt. Grundlage: Feldaufnahme (MID 819: Bemerkung zu Ex-LFI-Probebaum, MID1027: Baumschadenart, MID 1035-1049: Baummikrohabitate)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione dei boschi di protezione</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -807,65 +807,65 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P186"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="51.702" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
@@ -8386,270 +8386,270 @@
         <v>21</v>
       </c>
       <c r="N166" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O166" s="6" t="s">
         <v>21</v>
       </c>
       <c r="P166" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="167" spans="1:16" customHeight="1" ht="21.75">
       <c r="A167" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1399764/581537</t>
           </r>
         </is>
       </c>
       <c r="C167" s="3"/>
       <c r="D167" s="3"/>
       <c r="E167" s="3"/>
       <c r="F167" s="3"/>
       <c r="G167" s="3"/>
       <c r="H167" s="3"/>
       <c r="I167" s="3"/>
       <c r="J167" s="3"/>
       <c r="K167" s="3"/>
       <c r="L167" s="3"/>
       <c r="M167" s="3"/>
       <c r="N167" s="3"/>
       <c r="O167" s="3"/>
       <c r="P167" s="3"/>
     </row>
     <row r="170" spans="1:16">
       <c r="A170" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di fusti (alberi vivi in piedi) con microhabitat</t>
+            <t xml:space="preserve">Stammzahl (stehend-lebend) mit Mikrohabitat</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #402</t>
           </r>
         </is>
       </c>
     </row>
     <row r="171" spans="1:16" customHeight="1" ht="29">
       <c r="A171" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="173" spans="1:16">
       <c r="A173" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diametro a petto d'uomo (classi di 20 cm)</t>
+            <t xml:space="preserve">Brusthöhendurchmesser (20-cm-Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2540</t>
           </r>
         </is>
       </c>
     </row>
     <row r="174" spans="1:16" customHeight="1" ht="29">
       <c r="A174" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="176" spans="1:16">
       <c r="A176" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">microhabitat (20 classi)</t>
+            <t xml:space="preserve">Mikrohabitate (20 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2360</t>
           </r>
         </is>
       </c>
     </row>
     <row r="177" spans="1:16" customHeight="1" ht="29">
       <c r="A177" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="179" spans="1:16">
       <c r="A179" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione dei boschi di protezione</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="180" spans="1:16" customHeight="1" ht="29">
       <c r="A180" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="182" spans="1:16">
       <c r="A182" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="183" spans="1:16" customHeight="1" ht="29">
       <c r="A183" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="185" spans="1:16">
       <c r="A185" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="186" spans="1:16" customHeight="1" ht="29">
       <c r="A186" s="1" t="s">
         <v>60</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>