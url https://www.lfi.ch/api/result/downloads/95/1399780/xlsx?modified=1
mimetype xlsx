--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>diameter at breast height (in 20 cm classes)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Anzahl Mikrohabitate an stehenden lebenden Bäumen</t>
+  </si>
+  <si>
+    <t>Brusthöhendurchmesser (20-cm-Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: n/ha</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Stk./ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>biogeographical region</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...17 lines deleted...]
-    <t>n/ha</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Stk./ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>12-20 cm</t>
   </si>
   <si>
     <t>21-40 cm</t>
   </si>
   <si>
     <t>41-60 cm</t>
   </si>
   <si>
     <t>61-80 cm</t>
   </si>
   <si>
     <t>&gt;80 cm</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1399780/581553</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of microhabitats on standing living trees</t>
+      <t xml:space="preserve">Anzahl Mikrohabitate an stehenden lebenden Bäumen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #401</t>
     </r>
   </si>
   <si>
-    <t>Number of microhabitats on standing living trees and shrubs ≥12 cm in diameter at breast height (dbh). Microhabitats are defined as: fungal fruiting bodies; areas on the stem where moss, lichen or ivy covers more than 10%; woodpecker breeding cavity; shallow tree cavity; wide crack; bark pocket; fresh break; dendrotelm; canker or burr; buttress-root concavity; deep tree cavity; area of exposed bare wood larger than a hand; stag-headedness; resin flow; insect damage (foot of trunk /trunk/stem); &gt;20% dead branches.</t>
+    <t>Anzahl Mikrohabitate an stehenden lebenden Bäumen und Sträuchern ab 12 cm Brusthöhendurchmesser (BHD). Als Mikrohabitate gelten: Pilzfruchtkörper; Stamm zu mehr als 10% mit Moosen, Flechten oder Efeu bewachsen; Spechtbruthöhle; flache Baumhöhle; breiter Spalt; Rindentasche; frischer Bruch; Dendrotelm; Krebs oder Maserknollen; Stammfusshöhle; tiefe Baumhöhle; Holzkörper frei ab einer Handfläche; gipfeldürr; Harzfluss; Insektenschaden (Stammfuss/Stamm/Schaft); &gt;20% Dürrastanteil.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diameter at breast height (in 20 cm classes)</t>
+      <t xml:space="preserve">Brusthöhendurchmesser (20-cm-Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2540</t>
     </r>
   </si>
   <si>
-    <t>Diameter at breast height (dbh) of trees and shrubs ≥12 cm – in classes of 20 cm. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Brusthöhendurchmesser (BHD) der Bäume und Sträucher ab 12 cm BHD in Klassen zu 20 cm. Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,64 +712,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="55.272" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1208,235 +1208,235 @@
         <v>412</v>
       </c>
       <c r="M19" s="6">
         <v>4</v>
       </c>
       <c r="N19" s="6">
         <v>351</v>
       </c>
       <c r="O19" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:15" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1399780/581553</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of microhabitats on standing living trees</t>
+            <t xml:space="preserve">Anzahl Mikrohabitate an stehenden lebenden Bäumen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #401</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diameter at breast height (in 20 cm classes)</t>
+            <t xml:space="preserve">Brusthöhendurchmesser (20-cm-Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2540</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>