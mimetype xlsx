--- v0 (2025-11-17)
+++ v1 (2026-01-10)
@@ -14,377 +14,377 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Brusthöhendurchmesser (20-cm-Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>numero di microhabitat sugli alberi vivi in piedi</t>
+  </si>
+  <si>
+    <t>diametro a petto d'uomo (classi di 20 cm)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: Stk./ha</t>
+      <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...50 lines deleted...]
-    <t>Stk./ha</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>12-20 cm</t>
   </si>
   <si>
     <t>21-40 cm</t>
   </si>
   <si>
     <t>41-60 cm</t>
   </si>
   <si>
     <t>61-80 cm</t>
   </si>
   <si>
     <t>&gt;80 cm</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1399784/581557</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anzahl Mikrohabitate an stehenden lebenden Bäumen</t>
+      <t xml:space="preserve">numero di microhabitat sugli alberi vivi in piedi</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #401</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Mikrohabitate an stehenden lebenden Bäumen und Sträuchern ab 12 cm Brusthöhendurchmesser (BHD). Als Mikrohabitate gelten: Pilzfruchtkörper; Stamm zu mehr als 10% mit Moosen, Flechten oder Efeu bewachsen; Spechtbruthöhle; flache Baumhöhle; breiter Spalt; Rindentasche; frischer Bruch; Dendrotelm; Krebs oder Maserknollen; Stammfusshöhle; tiefe Baumhöhle; Holzkörper frei ab einer Handfläche; gipfeldürr; Harzfluss; Insektenschaden (Stammfuss/Stamm/Schaft); &gt;20% Dürrastanteil.</t>
+    <t>Numero di microhabitat sugli alberi vivi in piedi di almeno 12 cm di diametro a petto d'uomo (DPU). Vengono considerati microhabitat: corpi fruttiferi fungini; tronco ricoperto per più del 10% da muschi, licheni o edera; cavità di nidificazione di picidi; cavità poco profonda dell'albero; ampia fessura; tasca nella corteccia; fusto o branca spezzata con durame esposto; dendrotelma; tumore o cancro; cavità nei contrafforti radicali; cavità profonda dell'albero; scortecciamento a partire dalla dimensione di una mano; cima secca; flusso di resina; danni da insetti (base del tronco/tronco/fusto); rami morti &gt;20%.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Brusthöhendurchmesser (20-cm-Klassen)</t>
+      <t xml:space="preserve">diametro a petto d'uomo (classi di 20 cm)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2540</t>
     </r>
   </si>
   <si>
-    <t>Brusthöhendurchmesser (BHD) der Bäume und Sträucher ab 12 cm BHD in Klassen zu 20 cm. Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Diametro a petto d'uomo (DPU) degli alberi e arbusti a partire da 12 cm di DPU in classi da 20 cm. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -736,80 +736,80 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="51.702" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:31">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:31">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:31">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:31">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:31">
       <c r="A5" t="s">
@@ -1680,51 +1680,51 @@
         <v>414</v>
       </c>
       <c r="AC19" s="6">
         <v>4</v>
       </c>
       <c r="AD19" s="6">
         <v>351</v>
       </c>
       <c r="AE19" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:31" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1399784/581557</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
@@ -1740,191 +1740,191 @@
       <c r="U20" s="3"/>
       <c r="V20" s="3"/>
       <c r="W20" s="3"/>
       <c r="X20" s="3"/>
       <c r="Y20" s="3"/>
       <c r="Z20" s="3"/>
       <c r="AA20" s="3"/>
       <c r="AB20" s="3"/>
       <c r="AC20" s="3"/>
       <c r="AD20" s="3"/>
       <c r="AE20" s="3"/>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anzahl Mikrohabitate an stehenden lebenden Bäumen</t>
+            <t xml:space="preserve">numero di microhabitat sugli alberi vivi in piedi</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #401</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Brusthöhendurchmesser (20-cm-Klassen)</t>
+            <t xml:space="preserve">diametro a petto d'uomo (classi di 20 cm)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2540</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="35" spans="1:31">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:31" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>