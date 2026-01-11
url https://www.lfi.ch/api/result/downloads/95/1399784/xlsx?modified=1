--- v1 (2026-01-10)
+++ v2 (2026-01-11)
@@ -14,377 +14,377 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>diametro a petto d'uomo (classi di 20 cm)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>number of microhabitats on standing living trees</t>
+  </si>
+  <si>
+    <t>diameter at breast height (in 20 cm classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione economica</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...47 lines deleted...]
-    <t>Svizzera</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>12-20 cm</t>
   </si>
   <si>
     <t>21-40 cm</t>
   </si>
   <si>
     <t>41-60 cm</t>
   </si>
   <si>
     <t>61-80 cm</t>
   </si>
   <si>
     <t>&gt;80 cm</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1399784/581557</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di microhabitat sugli alberi vivi in piedi</t>
+      <t xml:space="preserve">number of microhabitats on standing living trees</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #401</t>
     </r>
   </si>
   <si>
-    <t>Numero di microhabitat sugli alberi vivi in piedi di almeno 12 cm di diametro a petto d'uomo (DPU). Vengono considerati microhabitat: corpi fruttiferi fungini; tronco ricoperto per più del 10% da muschi, licheni o edera; cavità di nidificazione di picidi; cavità poco profonda dell'albero; ampia fessura; tasca nella corteccia; fusto o branca spezzata con durame esposto; dendrotelma; tumore o cancro; cavità nei contrafforti radicali; cavità profonda dell'albero; scortecciamento a partire dalla dimensione di una mano; cima secca; flusso di resina; danni da insetti (base del tronco/tronco/fusto); rami morti &gt;20%.</t>
+    <t>Number of microhabitats on standing living trees and shrubs ≥12 cm in diameter at breast height (dbh). Microhabitats are defined as: fungal fruiting bodies; areas on the stem where moss, lichen or ivy covers more than 10%; woodpecker breeding cavity; shallow tree cavity; wide crack; bark pocket; fresh break; dendrotelm; canker or burr; buttress-root concavity; deep tree cavity; area of exposed bare wood larger than a hand; stag-headedness; resin flow; insect damage (foot of trunk /trunk/stem); &gt;20% dead branches.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diametro a petto d'uomo (classi di 20 cm)</t>
+      <t xml:space="preserve">diameter at breast height (in 20 cm classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2540</t>
     </r>
   </si>
   <si>
-    <t>Diametro a petto d'uomo (DPU) degli alberi e arbusti a partire da 12 cm di DPU in classi da 20 cm. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Diameter at breast height (dbh) of trees and shrubs ≥12 cm – in classes of 20 cm. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione economica</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -736,51 +736,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="51.702" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="8.141" bestFit="true" customWidth="true" style="0"/>
@@ -1680,51 +1680,51 @@
         <v>414</v>
       </c>
       <c r="AC19" s="6">
         <v>4</v>
       </c>
       <c r="AD19" s="6">
         <v>351</v>
       </c>
       <c r="AE19" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:31" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1399784/581557</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
@@ -1740,191 +1740,191 @@
       <c r="U20" s="3"/>
       <c r="V20" s="3"/>
       <c r="W20" s="3"/>
       <c r="X20" s="3"/>
       <c r="Y20" s="3"/>
       <c r="Z20" s="3"/>
       <c r="AA20" s="3"/>
       <c r="AB20" s="3"/>
       <c r="AC20" s="3"/>
       <c r="AD20" s="3"/>
       <c r="AE20" s="3"/>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di microhabitat sugli alberi vivi in piedi</t>
+            <t xml:space="preserve">number of microhabitats on standing living trees</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #401</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diametro a petto d'uomo (classi di 20 cm)</t>
+            <t xml:space="preserve">diameter at breast height (in 20 cm classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2540</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione economica</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="35" spans="1:31">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:31" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>