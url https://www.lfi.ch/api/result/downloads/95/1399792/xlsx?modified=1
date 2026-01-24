--- v0 (2026-01-23)
+++ v1 (2026-01-24)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>biodiversity measures</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche mit Biodiversitätsmassnahmen geteilt durch Waldfläche</t>
+  </si>
+  <si>
+    <t>Biodiversitätsmassnahmen</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest NFI4/NFI5</t>
+      <t xml:space="preserve">: Wald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,290 +172,290 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no biodiversity measures</t>
-[...23 lines deleted...]
-    <t>total</t>
+    <t>keine Biodiversitätsmassnahmen</t>
+  </si>
+  <si>
+    <t>Waldränder pflegen/aufwerten</t>
+  </si>
+  <si>
+    <t>lichte Wälder pflegen/wiederherstellen</t>
+  </si>
+  <si>
+    <t xml:space="preserve">feuchte Wälder pflegen/wiederherstellen </t>
+  </si>
+  <si>
+    <t>Wytweiden, Nieder-/Mittelwälder, Selven erhalten</t>
+  </si>
+  <si>
+    <t>national prioritäre Lebensräume fördern</t>
+  </si>
+  <si>
+    <t>Waldzielarten/ökologisch wertvolle Gehölzarten fördern</t>
+  </si>
+  <si>
+    <t>Verjüngung bezüglich genetischer Vielfalt optimieren</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1399792/581565</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area with biodiversity measures</t>
+      <t xml:space="preserve">Waldfläche mit Biodiversitätsmassnahmen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #416</t>
     </r>
   </si>
   <si>
-    <t>Forest area in which specific measures for the conservation or promotion of biodiversity have been implemented since the last inventory. Only measures that have been explicitly subsidised as 'biodiversity' measures are taken into account. Since several biodiversity measures may be implemented in a forest area at the same time, this area may contribute to the total area of several different biodiversity measures.</t>
+    <t>Waldfläche, in der seit der letzten Inventur spezifische Massnahmen zur Erhaltung oder Förderung der Biodiversität durchgeführt worden sind. Berücksichtigt sind nur Massnahmen, die explizit unter dem Titel «Biodiversität» subventioniert worden sind. Ein Wald kann gleichzeitig mehrere Biodiversitätsmassnahmen aufweisen, weshalb er zur Fläche mehrerer Biodiversitätsmassnahmen beitragen kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biodiversity measures</t>
+      <t xml:space="preserve">Biodiversitätsmassnahmen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2673</t>
     </r>
   </si>
   <si>
-    <t>Type of subsidised measure implemented since the last Inventory as part of the biodiversity promotion programme. Reference: Forest Service Survey (MID 2016: Biodiversitätsmassnahmen)</t>
+    <t>Art der seit der letzten Inventur ausgeführten, subventionierten Massnahme im Rahmen der Biodiversitätsförderung. Grundlage: Forstdienstbefragung (MID 2016: Biodiversitätsmassnahmen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest NFI4/NFI5</t>
+      <t xml:space="preserve">Wald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2604</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
+    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -807,51 +807,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -2850,51 +2850,51 @@
         <v>38</v>
       </c>
       <c r="AY22" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ22" s="6" t="s">
         <v>38</v>
       </c>
       <c r="BA22" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="23" spans="1:53" customHeight="1" ht="21.75">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1399792/581565</t>
           </r>
         </is>
       </c>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
@@ -2932,226 +2932,226 @@
       <c r="AQ23" s="3"/>
       <c r="AR23" s="3"/>
       <c r="AS23" s="3"/>
       <c r="AT23" s="3"/>
       <c r="AU23" s="3"/>
       <c r="AV23" s="3"/>
       <c r="AW23" s="3"/>
       <c r="AX23" s="3"/>
       <c r="AY23" s="3"/>
       <c r="AZ23" s="3"/>
       <c r="BA23" s="3"/>
     </row>
     <row r="26" spans="1:53">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area with biodiversity measures</t>
+            <t xml:space="preserve">Waldfläche mit Biodiversitätsmassnahmen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #416</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="29" spans="1:53">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:53" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="32" spans="1:53">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biodiversity measures</t>
+            <t xml:space="preserve">Biodiversitätsmassnahmen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2673</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:53" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="35" spans="1:53">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:53" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="38" spans="1:53">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest NFI4/NFI5</t>
+            <t xml:space="preserve">Wald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2604</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:53" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="41" spans="1:53">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:53" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>60</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>