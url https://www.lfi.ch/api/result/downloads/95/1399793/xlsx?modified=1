--- v0 (2025-12-07)
+++ v1 (2026-01-23)
@@ -14,391 +14,391 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Biodiversitätsmassnahmen</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale con misure per la biodiversità diviso per superficie forestale</t>
+  </si>
+  <si>
+    <t>misure a favore della biodiversità</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Wald LFI4/LFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>keine Biodiversitätsmassnahmen</t>
-[...23 lines deleted...]
-    <t>Total</t>
+    <t>nessuna misura a favore della biodiversità</t>
+  </si>
+  <si>
+    <t>cura/valorizzazione dei margini boschivi</t>
+  </si>
+  <si>
+    <t>cura/recupero dei boschi radi</t>
+  </si>
+  <si>
+    <t>cura/recupero dei boschi umidi</t>
+  </si>
+  <si>
+    <t>conservazione dei pascoli alberati, cedui/cedui composti e selve</t>
+  </si>
+  <si>
+    <t>promozione degli ambienti prioritari a livello nazionale</t>
+  </si>
+  <si>
+    <t>promo. delle SFB e delle specie leg. di gran valore ecologico</t>
+  </si>
+  <si>
+    <t>ottimizzazione della rinnovazione rig. alla diversità genetica</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1399793/581566</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche mit Biodiversitätsmassnahmen</t>
+      <t xml:space="preserve">superficie forestale con misure per la biodiversità</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #416</t>
     </r>
   </si>
   <si>
-    <t>Waldfläche, in der seit der letzten Inventur spezifische Massnahmen zur Erhaltung oder Förderung der Biodiversität durchgeführt worden sind. Berücksichtigt sind nur Massnahmen, die explizit unter dem Titel «Biodiversität» subventioniert worden sind. Ein Wald kann gleichzeitig mehrere Biodiversitätsmassnahmen aufweisen, weshalb er zur Fläche mehrerer Biodiversitätsmassnahmen beitragen kann.</t>
+    <t>Superficie forestale, nella quale a partire dall'ultimo inventario sono state effettuate delle misure specifiche a favore della biodiversità. Vengono prese in considerazione solamente le misure che esplicitamente sono state sovvenzionate sotto il titolo "biodiversità". Un bosco può contemporaneamente presentare diverse misure a favore della biodiversità, per cui esso può contribuire a differenti superfici con misure a favore della biodiversità.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Biodiversitätsmassnahmen</t>
+      <t xml:space="preserve">misure a favore della biodiversità</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2673</t>
     </r>
   </si>
   <si>
-    <t>Art der seit der letzten Inventur ausgeführten, subventionierten Massnahme im Rahmen der Biodiversitätsförderung. Grundlage: Forstdienstbefragung (MID 2016: Biodiversitätsmassnahmen)</t>
+    <t>Tipo di misura sovvenzionata, attuata dall'ultimo inventario nell'ambito della promozione della biodiversità. SFB: specie forestali bersaglio. Fonte: inchiesta presso il servizio forestale (MID 2016: Biodiversitätsmassnahmen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2604</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war).</t>
+    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -750,51 +750,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="76.553" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1387,270 +1387,270 @@
         <v>19</v>
       </c>
       <c r="M22" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N22" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O22" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:15" customHeight="1" ht="21.75">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1399793/581566</t>
           </r>
         </is>
       </c>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
       <c r="L23" s="3"/>
       <c r="M23" s="3"/>
       <c r="N23" s="3"/>
       <c r="O23" s="3"/>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche mit Biodiversitätsmassnahmen</t>
+            <t xml:space="preserve">superficie forestale con misure per la biodiversità</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #416</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Biodiversitätsmassnahmen</t>
+            <t xml:space="preserve">misure a favore della biodiversità</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2673</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2604</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:15" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:15" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>