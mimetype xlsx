--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,415 +14,415 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Biodiversitätsmassnahmen</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area with biodiversity measures divided by forest area</t>
+  </si>
+  <si>
+    <t>biodiversity measures</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wald LFI4/LFI5</t>
+      <t xml:space="preserve">: forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...47 lines deleted...]
-    <t>Schweiz</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>keine Biodiversitätsmassnahmen</t>
-[...23 lines deleted...]
-    <t>Total</t>
+    <t>no biodiversity measures</t>
+  </si>
+  <si>
+    <t>maintaining/enhancing forest edges</t>
+  </si>
+  <si>
+    <t>maintaining/restoring open forest types</t>
+  </si>
+  <si>
+    <t>maintaining/restoring moist forest types</t>
+  </si>
+  <si>
+    <t>preserving wooded pastures, coppice forests and orchards</t>
+  </si>
+  <si>
+    <t>fostering national priority habitats</t>
+  </si>
+  <si>
+    <t>fostering nat. priority species/ecol. valuable woody species</t>
+  </si>
+  <si>
+    <t>optimising regeneration in terms of genetic diversity</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1399794/581567</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche mit Biodiversitätsmassnahmen</t>
+      <t xml:space="preserve">forest area with biodiversity measures</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #416</t>
     </r>
   </si>
   <si>
-    <t>Waldfläche, in der seit der letzten Inventur spezifische Massnahmen zur Erhaltung oder Förderung der Biodiversität durchgeführt worden sind. Berücksichtigt sind nur Massnahmen, die explizit unter dem Titel «Biodiversität» subventioniert worden sind. Ein Wald kann gleichzeitig mehrere Biodiversitätsmassnahmen aufweisen, weshalb er zur Fläche mehrerer Biodiversitätsmassnahmen beitragen kann.</t>
+    <t>Forest area in which specific measures for the conservation or promotion of biodiversity have been implemented since the last inventory. Only measures that have been explicitly subsidised as 'biodiversity' measures are taken into account. Since several biodiversity measures may be implemented in a forest area at the same time, this area may contribute to the total area of several different biodiversity measures.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Biodiversitätsmassnahmen</t>
+      <t xml:space="preserve">biodiversity measures</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2673</t>
     </r>
   </si>
   <si>
-    <t>Art der seit der letzten Inventur ausgeführten, subventionierten Massnahme im Rahmen der Biodiversitätsförderung. Grundlage: Forstdienstbefragung (MID 2016: Biodiversitätsmassnahmen)</t>
+    <t>Type of subsidised measure implemented since the last Inventory as part of the biodiversity promotion programme. Reference: Forest Service Survey (MID 2016: Biodiversitätsmassnahmen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wald LFI4/LFI5</t>
+      <t xml:space="preserve">forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2604</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war).</t>
+    <t>Area that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -774,51 +774,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2003,51 +2003,51 @@
         <v>27</v>
       </c>
       <c r="AC22" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD22" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AE22" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="23" spans="1:31" customHeight="1" ht="21.75">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1399794/581567</t>
           </r>
         </is>
       </c>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
@@ -2063,226 +2063,226 @@
       <c r="U23" s="3"/>
       <c r="V23" s="3"/>
       <c r="W23" s="3"/>
       <c r="X23" s="3"/>
       <c r="Y23" s="3"/>
       <c r="Z23" s="3"/>
       <c r="AA23" s="3"/>
       <c r="AB23" s="3"/>
       <c r="AC23" s="3"/>
       <c r="AD23" s="3"/>
       <c r="AE23" s="3"/>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche mit Biodiversitätsmassnahmen</t>
+            <t xml:space="preserve">forest area with biodiversity measures</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #416</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Biodiversitätsmassnahmen</t>
+            <t xml:space="preserve">biodiversity measures</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2673</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="35" spans="1:31">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:31" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="38" spans="1:31">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wald LFI4/LFI5</t>
+            <t xml:space="preserve">forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2604</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:31" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="41" spans="1:31">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:31" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>