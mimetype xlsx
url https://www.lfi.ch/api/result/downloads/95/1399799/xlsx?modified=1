--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,415 +14,415 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>biodiversity measures</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale con misure per la biodiversità diviso per superficie forestale</t>
+  </si>
+  <si>
+    <t>misure a favore della biodiversità</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest</t>
+      <t xml:space="preserve">: bosco</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...47 lines deleted...]
-    <t>Switzerland</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no biodiversity measures</t>
-[...23 lines deleted...]
-    <t>total</t>
+    <t>nessuna misura a favore della biodiversità</t>
+  </si>
+  <si>
+    <t>cura/valorizzazione dei margini boschivi</t>
+  </si>
+  <si>
+    <t>cura/recupero dei boschi radi</t>
+  </si>
+  <si>
+    <t>cura/recupero dei boschi umidi</t>
+  </si>
+  <si>
+    <t>conservazione dei pascoli alberati, cedui/cedui composti e selve</t>
+  </si>
+  <si>
+    <t>promozione degli ambienti prioritari a livello nazionale</t>
+  </si>
+  <si>
+    <t>promo. delle SFB e delle specie leg. di gran valore ecologico</t>
+  </si>
+  <si>
+    <t>ottimizzazione della rinnovazione rig. alla diversità genetica</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1399799/581572</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area with biodiversity measures</t>
+      <t xml:space="preserve">superficie forestale con misure per la biodiversità</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #416</t>
     </r>
   </si>
   <si>
-    <t>Forest area in which specific measures for the conservation or promotion of biodiversity have been implemented since the last inventory. Only measures that have been explicitly subsidised as 'biodiversity' measures are taken into account. Since several biodiversity measures may be implemented in a forest area at the same time, this area may contribute to the total area of several different biodiversity measures.</t>
+    <t>Superficie forestale, nella quale a partire dall'ultimo inventario sono state effettuate delle misure specifiche a favore della biodiversità. Vengono prese in considerazione solamente le misure che esplicitamente sono state sovvenzionate sotto il titolo "biodiversità". Un bosco può contemporaneamente presentare diverse misure a favore della biodiversità, per cui esso può contribuire a differenti superfici con misure a favore della biodiversità.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biodiversity measures</t>
+      <t xml:space="preserve">misure a favore della biodiversità</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2673</t>
     </r>
   </si>
   <si>
-    <t>Type of subsidised measure implemented since the last Inventory as part of the biodiversity promotion programme. Reference: Forest Service Survey (MID 2016: Biodiversitätsmassnahmen)</t>
+    <t>Tipo di misura sovvenzionata, attuata dall'ultimo inventario nell'ambito della promozione della biodiversità. SFB: specie forestali bersaglio. Fonte: inchiesta presso il servizio forestale (MID 2016: Biodiversitätsmassnahmen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest</t>
+      <t xml:space="preserve">bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the NFI's definition of 'forest', i.e. is «a forest without shrub forest» or «a shrub forest».</t>
+    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -774,51 +774,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="76.553" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2003,51 +2003,51 @@
         <v>27</v>
       </c>
       <c r="AC22" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD22" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AE22" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="23" spans="1:31" customHeight="1" ht="21.75">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1399799/581572</t>
           </r>
         </is>
       </c>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
@@ -2063,226 +2063,226 @@
       <c r="U23" s="3"/>
       <c r="V23" s="3"/>
       <c r="W23" s="3"/>
       <c r="X23" s="3"/>
       <c r="Y23" s="3"/>
       <c r="Z23" s="3"/>
       <c r="AA23" s="3"/>
       <c r="AB23" s="3"/>
       <c r="AC23" s="3"/>
       <c r="AD23" s="3"/>
       <c r="AE23" s="3"/>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area with biodiversity measures</t>
+            <t xml:space="preserve">superficie forestale con misure per la biodiversità</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #416</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biodiversity measures</t>
+            <t xml:space="preserve">misure a favore della biodiversità</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2673</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="35" spans="1:31">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:31" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="38" spans="1:31">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest</t>
+            <t xml:space="preserve">bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:31" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="41" spans="1:31">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:31" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>