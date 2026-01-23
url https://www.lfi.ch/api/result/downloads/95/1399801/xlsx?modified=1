--- v0 (2025-12-07)
+++ v1 (2026-01-23)
@@ -14,388 +14,388 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Biodiversitätsmassnahmen</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale con misure per la biodiversità diviso per superficie forestale</t>
+  </si>
+  <si>
+    <t>misure a favore della biodiversità</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Wald</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...27 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>keine Biodiversitätsmassnahmen</t>
-[...23 lines deleted...]
-    <t>Total</t>
+    <t>nessuna misura a favore della biodiversità</t>
+  </si>
+  <si>
+    <t>cura/valorizzazione dei margini boschivi</t>
+  </si>
+  <si>
+    <t>cura/recupero dei boschi radi</t>
+  </si>
+  <si>
+    <t>cura/recupero dei boschi umidi</t>
+  </si>
+  <si>
+    <t>conservazione dei pascoli alberati, cedui/cedui composti e selve</t>
+  </si>
+  <si>
+    <t>promozione degli ambienti prioritari a livello nazionale</t>
+  </si>
+  <si>
+    <t>promo. delle SFB e delle specie leg. di gran valore ecologico</t>
+  </si>
+  <si>
+    <t>ottimizzazione della rinnovazione rig. alla diversità genetica</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1399801/581574</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche mit Biodiversitätsmassnahmen</t>
+      <t xml:space="preserve">superficie forestale con misure per la biodiversità</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #416</t>
     </r>
   </si>
   <si>
-    <t>Waldfläche, in der seit der letzten Inventur spezifische Massnahmen zur Erhaltung oder Förderung der Biodiversität durchgeführt worden sind. Berücksichtigt sind nur Massnahmen, die explizit unter dem Titel «Biodiversität» subventioniert worden sind. Ein Wald kann gleichzeitig mehrere Biodiversitätsmassnahmen aufweisen, weshalb er zur Fläche mehrerer Biodiversitätsmassnahmen beitragen kann.</t>
+    <t>Superficie forestale, nella quale a partire dall'ultimo inventario sono state effettuate delle misure specifiche a favore della biodiversità. Vengono prese in considerazione solamente le misure che esplicitamente sono state sovvenzionate sotto il titolo "biodiversità". Un bosco può contemporaneamente presentare diverse misure a favore della biodiversità, per cui esso può contribuire a differenti superfici con misure a favore della biodiversità.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Biodiversitätsmassnahmen</t>
+      <t xml:space="preserve">misure a favore della biodiversità</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2673</t>
     </r>
   </si>
   <si>
-    <t>Art der seit der letzten Inventur ausgeführten, subventionierten Massnahme im Rahmen der Biodiversitätsförderung. Grundlage: Forstdienstbefragung (MID 2016: Biodiversitätsmassnahmen)</t>
+    <t>Tipo di misura sovvenzionata, attuata dall'ultimo inventario nell'ambito della promozione della biodiversità. SFB: specie forestali bersaglio. Fonte: inchiesta presso il servizio forestale (MID 2016: Biodiversitätsmassnahmen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wald</t>
+      <t xml:space="preserve">bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist.</t>
+    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -747,51 +747,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="76.553" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1310,268 +1310,268 @@
         <v>18</v>
       </c>
       <c r="K22" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="6" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="21.75">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1399801/581574</t>
           </r>
         </is>
       </c>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
       <c r="L23" s="3"/>
       <c r="M23" s="3"/>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche mit Biodiversitätsmassnahmen</t>
+            <t xml:space="preserve">superficie forestale con misure per la biodiversità</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #416</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Biodiversitätsmassnahmen</t>
+            <t xml:space="preserve">misure a favore della biodiversità</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2673</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wald</t>
+            <t xml:space="preserve">bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>