--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Ast- und Holzhaufen</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>proportion of forest plots</t>
+  </si>
+  <si>
+    <t>pile of branches and wood</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>vorhanden</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>present</t>
+  </si>
+  <si>
+    <t>not present</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1400513/582286</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proportion of forest plots</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Ast- und Holzhaufen</t>
+      <t xml:space="preserve">pile of branches and wood</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #457</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen mit keiner oder mit mindestens einer kompakten Holzansammlung von mindestens 30 cm Höhe und 3 m² Fläche auf der Interpretationsfläche (50 × 50 m), die nach der Holzernte im Bestand zurückgelassen wurde. Grundlage: Feldaufnahme (MID 209: Asthaufen)</t>
+    <t>Sample plots with either no wood pile or with at least one compact wood pile ≥30 cm in height and 3 m² in area on the interpretation area (50 × 50 m) left in the stand after harvesting. Reference: Field Survey (MID 209: Asthaufen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>100.0</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N16" s="6">
         <v>100.0</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1400513/582286</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proportion of forest plots</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Ast- und Holzhaufen</t>
+            <t xml:space="preserve">pile of branches and wood</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #457</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>