--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>pile of branches and wood</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione di aree di saggio in bosco</t>
+  </si>
+  <si>
+    <t>mucchio di rami e di legno</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>present</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>presente</t>
+  </si>
+  <si>
+    <t>non presente</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1400513/582286</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">pile of branches and wood</t>
+      <t xml:space="preserve">mucchio di rami e di legno</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #457</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with either no wood pile or with at least one compact wood pile ≥30 cm in height and 3 m² in area on the interpretation area (50 × 50 m) left in the stand after harvesting. Reference: Field Survey (MID 209: Asthaufen)</t>
+    <t>Aree di saggio senza o con almeno un accumulo di legno compatto di almeno 30 cm di altezza e una superficie di 3 m² sull'area di interpretazione (50 × 50 m), rimasto nel popolamento dopo la raccolta del legname. Fonte: rilievo sul terreno (MID 209: Asthaufen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>100.0</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N16" s="6">
         <v>100.0</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1400513/582286</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">pile of branches and wood</t>
+            <t xml:space="preserve">mucchio di rami e di legno</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #457</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>