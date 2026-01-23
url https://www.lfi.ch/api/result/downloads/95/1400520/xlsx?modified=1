--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Ast- und Holzhaufen</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione di aree di saggio in bosco</t>
+  </si>
+  <si>
+    <t>mucchio di rami e di legno</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>vorhanden</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>presente</t>
+  </si>
+  <si>
+    <t>non presente</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1400520/582293</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Ast- und Holzhaufen</t>
+      <t xml:space="preserve">mucchio di rami e di legno</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #457</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen mit keiner oder mit mindestens einer kompakten Holzansammlung von mindestens 30 cm Höhe und 3 m² Fläche auf der Interpretationsfläche (50 × 50 m), die nach der Holzernte im Bestand zurückgelassen wurde. Grundlage: Feldaufnahme (MID 209: Asthaufen)</t>
+    <t>Aree di saggio senza o con almeno un accumulo di legno compatto di almeno 30 cm di altezza e una superficie di 3 m² sull'area di interpretazione (50 × 50 m), rimasto nel popolamento dopo la raccolta del legname. Fonte: rilievo sul terreno (MID 209: Asthaufen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>100.0</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N16" s="6">
         <v>100.0</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1400520/582293</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Ast- und Holzhaufen</t>
+            <t xml:space="preserve">mucchio di rami e di legno</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #457</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>