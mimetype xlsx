--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
-    <t>LFI5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>Anteil Waldprobeflächen</t>
+    <t>proportion of forest plots</t>
   </si>
   <si>
-    <t>Vorkommen von Fahrzeugspuren (Bodenstörungen) · NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+    <t>presence of vehicle tracks (soil disturbances) · altitudinal vegetation belts (NaiS; 6 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>Kanton</t>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,302 +172,302 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>Vorkommen von Fahrzeugspuren (Bodenstörungen)</t>
+    <t>presence of vehicle tracks (soil disturbances)</t>
   </si>
   <si>
-    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>obersubalpin</t>
+    <t>upper subalpine</t>
   </si>
   <si>
-    <t>subalpin</t>
+    <t>subalpine</t>
   </si>
   <si>
-    <t>hochmontan</t>
+    <t>high-montane</t>
   </si>
   <si>
-    <t>unter- und obermontan</t>
+    <t>lower and upper montane</t>
   </si>
   <si>
-    <t>submontan</t>
+    <t>submontane</t>
   </si>
   <si>
-    <t>hyperinsubrisch und kollin</t>
+    <t>hyperinsubric and colline</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
-    <t>Spurtyp 1 (leichte Störung)</t>
+    <t>track type 1 (slight disturbance)</t>
   </si>
   <si>
-    <t>Spurtyp 2 (mässige Störung)</t>
+    <t>track type 2 (moderate disturbance)</t>
   </si>
   <si>
-    <t>Spurtyp 3 (starke Störung)</t>
+    <t>track type 3 (severe disturbance)</t>
   </si>
   <si>
-    <t>keine Fahrspur festgestellt</t>
+    <t>no vehicle tracks present</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1400527/582300</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proportion of forest plots</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Vorkommen von Fahrzeugspuren (Bodenstörungen)</t>
+      <t xml:space="preserve">presence of vehicle tracks (soil disturbances)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #729</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen ohne/mit deutlich erkennbaren Spuren von Holzerntefahrzeugen wie Traktoren, Forwardern und Vollerntern auf dem Waldboden im 2-Aren-Kreis und im Falle einer Fahrspur Angabe des Spurtyps. Bei Spurtyp 3 (starke Störung) ist davon auszugehen, dass die Bodenfruchbarkeit erheblich und langfristig geschädigt ist (Lüscher et al. 2016). Grundlage: Feldaufnahme (MID 544: Fahrzeugspuren, MID 496: Bodenschadentyp)</t>
+    <t>Sample plots with/without tracks of timber-harvesting vehicles such as tractors, forwarders and harvesters on the forest floor within the 200 m² circle. If there are tracks, indication of the track type. In the case of track type 3 (severe disturbance), it can be assumed that the damage to the soil fertility will be significant and long term (Lüscher et al. 2016). Reference: Field Survey (MID 544: Fahrzeugspuren, MID 496: Bodenschadentyp)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
+    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -819,52 +819,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="56.415" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="57.557" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -9046,51 +9046,51 @@
         <v>100.0</v>
       </c>
       <c r="AZ60" s="6" t="s">
         <v>40</v>
       </c>
       <c r="BA60" s="6">
         <v>100.0</v>
       </c>
       <c r="BB60" s="6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="61" spans="1:54" customHeight="1" ht="21.75">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1400527/582300</t>
           </r>
         </is>
       </c>
       <c r="C61" s="3"/>
       <c r="D61" s="3"/>
       <c r="E61" s="3"/>
       <c r="F61" s="3"/>
       <c r="G61" s="3"/>
       <c r="H61" s="3"/>
       <c r="I61" s="3"/>
       <c r="J61" s="3"/>
       <c r="K61" s="3"/>
       <c r="L61" s="3"/>
@@ -9128,226 +9128,226 @@
       <c r="AR61" s="3"/>
       <c r="AS61" s="3"/>
       <c r="AT61" s="3"/>
       <c r="AU61" s="3"/>
       <c r="AV61" s="3"/>
       <c r="AW61" s="3"/>
       <c r="AX61" s="3"/>
       <c r="AY61" s="3"/>
       <c r="AZ61" s="3"/>
       <c r="BA61" s="3"/>
       <c r="BB61" s="3"/>
     </row>
     <row r="64" spans="1:54">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proportion of forest plots</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:54" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="67" spans="1:54">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Vorkommen von Fahrzeugspuren (Bodenstörungen)</t>
+            <t xml:space="preserve">presence of vehicle tracks (soil disturbances)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #729</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:54" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="70" spans="1:54">
       <c r="A70" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="71" spans="1:54" customHeight="1" ht="29">
       <c r="A71" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="73" spans="1:54">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="74" spans="1:54" customHeight="1" ht="29">
       <c r="A74" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="76" spans="1:54">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:54" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="79" spans="1:54">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:54" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>64</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>