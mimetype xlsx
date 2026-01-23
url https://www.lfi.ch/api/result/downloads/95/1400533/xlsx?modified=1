--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,403 +14,403 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Vorkommen von Fahrzeugspuren (Bodenstörungen) · NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione di aree di saggio in bosco</t>
+  </si>
+  <si>
+    <t>presenza di tracce di veicoli (perturbazione del suolo) · fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...29 lines deleted...]
-    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>presenza di tracce di veicoli (perturbazione del suolo)</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>obersubalpin</t>
-[...29 lines deleted...]
-    <t>keine Fahrspur festgestellt</t>
+    <t>subalpina superiore</t>
+  </si>
+  <si>
+    <t>subalpina</t>
+  </si>
+  <si>
+    <t>altimontana</t>
+  </si>
+  <si>
+    <t>montana inferiore e superiore</t>
+  </si>
+  <si>
+    <t>submontana</t>
+  </si>
+  <si>
+    <t>iperinsubrica e collinare</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>tipo 1 (perturbazione leggera)</t>
+  </si>
+  <si>
+    <t>tipo 2 (perturbazione moderata)</t>
+  </si>
+  <si>
+    <t>tipo 3 (perturbazione forte)</t>
+  </si>
+  <si>
+    <t>nessuna traccia di veicoli</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1400533/582306</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Vorkommen von Fahrzeugspuren (Bodenstörungen)</t>
+      <t xml:space="preserve">presenza di tracce di veicoli (perturbazione del suolo)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #729</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen ohne/mit deutlich erkennbaren Spuren von Holzerntefahrzeugen wie Traktoren, Forwardern und Vollerntern auf dem Waldboden im 2-Aren-Kreis und im Falle einer Fahrspur Angabe des Spurtyps. Bei Spurtyp 3 (starke Störung) ist davon auszugehen, dass die Bodenfruchbarkeit erheblich und langfristig geschädigt ist (Lüscher et al. 2016). Grundlage: Feldaufnahme (MID 544: Fahrzeugspuren, MID 496: Bodenschadentyp)</t>
+    <t>Aree di saggio senza/con chiare tracce al suolo di veicoli per la raccolta del legname come trattori, forwarder ed esboscatrici forestali all'interno della superficie di 2 are e, nel caso di una traccia, indicazione del tipo di traccia. Nel caso della traccia di tipo 3 (perturbazione forte), si può presumere che la fertilità del suolo sia danneggiata in modo significativo e permanente (Lüscher et al. 2016). Fonte: inchiesta presso il servizio forestale (MID 544: Fahrzeugspuren, MID 496: Bodenschadentyp)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -762,52 +762,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="56.415" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -3251,270 +3251,270 @@
         <v>100.0</v>
       </c>
       <c r="N60" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O60" s="6">
         <v>100.0</v>
       </c>
       <c r="P60" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="61" spans="1:16" customHeight="1" ht="21.75">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1400533/582306</t>
           </r>
         </is>
       </c>
       <c r="C61" s="3"/>
       <c r="D61" s="3"/>
       <c r="E61" s="3"/>
       <c r="F61" s="3"/>
       <c r="G61" s="3"/>
       <c r="H61" s="3"/>
       <c r="I61" s="3"/>
       <c r="J61" s="3"/>
       <c r="K61" s="3"/>
       <c r="L61" s="3"/>
       <c r="M61" s="3"/>
       <c r="N61" s="3"/>
       <c r="O61" s="3"/>
       <c r="P61" s="3"/>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:16" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Vorkommen von Fahrzeugspuren (Bodenstörungen)</t>
+            <t xml:space="preserve">presenza di tracce di veicoli (perturbazione del suolo)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #729</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:16" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="71" spans="1:16" customHeight="1" ht="29">
       <c r="A71" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="74" spans="1:16" customHeight="1" ht="29">
       <c r="A74" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:16" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:16" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>