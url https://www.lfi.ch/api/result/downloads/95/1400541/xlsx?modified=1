--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,400 +14,400 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>presenza di tracce di veicoli (perturbazione del suolo) · fasce vegetazionali NaiS (6 classi)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>proportion of forest plots</t>
+  </si>
+  <si>
+    <t>presence of vehicle tracks (soil disturbances) · altitudinal vegetation belts (NaiS; 6 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...26 lines deleted...]
-    <t>fasce vegetazionali NaiS (6 classi)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>presence of vehicle tracks (soil disturbances)</t>
+  </si>
+  <si>
+    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>subalpina superiore</t>
-[...29 lines deleted...]
-    <t>nessuna traccia di veicoli</t>
+    <t>upper subalpine</t>
+  </si>
+  <si>
+    <t>subalpine</t>
+  </si>
+  <si>
+    <t>high-montane</t>
+  </si>
+  <si>
+    <t>lower and upper montane</t>
+  </si>
+  <si>
+    <t>submontane</t>
+  </si>
+  <si>
+    <t>hyperinsubric and colline</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>track type 1 (slight disturbance)</t>
+  </si>
+  <si>
+    <t>track type 2 (moderate disturbance)</t>
+  </si>
+  <si>
+    <t>track type 3 (severe disturbance)</t>
+  </si>
+  <si>
+    <t>no vehicle tracks present</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1400541/582314</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
+      <t xml:space="preserve">proportion of forest plots</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
+    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">presenza di tracce di veicoli (perturbazione del suolo)</t>
+      <t xml:space="preserve">presence of vehicle tracks (soil disturbances)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #729</t>
     </r>
   </si>
   <si>
-    <t>Aree di saggio senza/con chiare tracce al suolo di veicoli per la raccolta del legname come trattori, forwarder ed esboscatrici forestali all'interno della superficie di 2 are e, nel caso di una traccia, indicazione del tipo di traccia. Nel caso della traccia di tipo 3 (perturbazione forte), si può presumere che la fertilità del suolo sia danneggiata in modo significativo e permanente (Lüscher et al. 2016). Fonte: inchiesta presso il servizio forestale (MID 544: Fahrzeugspuren, MID 496: Bodenschadentyp)</t>
+    <t>Sample plots with/without tracks of timber-harvesting vehicles such as tractors, forwarders and harvesters on the forest floor within the 200 m² circle. If there are tracks, indication of the track type. In the case of track type 3 (severe disturbance), it can be assumed that the damage to the soil fertility will be significant and long term (Lüscher et al. 2016). Reference: Field Survey (MID 544: Fahrzeugspuren, MID 496: Bodenschadentyp)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
+    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -759,52 +759,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="68.269" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="57.557" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -2946,268 +2946,268 @@
         <v>100.0</v>
       </c>
       <c r="L60" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M60" s="6">
         <v>100.0</v>
       </c>
       <c r="N60" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="61" spans="1:14" customHeight="1" ht="21.75">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1400541/582314</t>
           </r>
         </is>
       </c>
       <c r="C61" s="3"/>
       <c r="D61" s="3"/>
       <c r="E61" s="3"/>
       <c r="F61" s="3"/>
       <c r="G61" s="3"/>
       <c r="H61" s="3"/>
       <c r="I61" s="3"/>
       <c r="J61" s="3"/>
       <c r="K61" s="3"/>
       <c r="L61" s="3"/>
       <c r="M61" s="3"/>
       <c r="N61" s="3"/>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
+            <t xml:space="preserve">proportion of forest plots</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:14" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">presenza di tracce di veicoli (perturbazione del suolo)</t>
+            <t xml:space="preserve">presence of vehicle tracks (soil disturbances)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #729</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:14" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="71" spans="1:14" customHeight="1" ht="29">
       <c r="A71" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="73" spans="1:14">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="74" spans="1:14" customHeight="1" ht="29">
       <c r="A74" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:14" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:14" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>