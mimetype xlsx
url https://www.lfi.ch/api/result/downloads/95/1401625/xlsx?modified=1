--- v0 (2025-11-19)
+++ v1 (2026-01-23)
@@ -14,400 +14,400 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest type (3 classes) · intensity of recreational use</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione di aree di saggio in bosco</t>
+  </si>
+  <si>
+    <t>tipo di bosco (3 classi) · intensità dell'uso ricreativo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...29 lines deleted...]
-    <t>intensity of recreational use</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>tipo di bosco (3 classi)</t>
+  </si>
+  <si>
+    <t>intensità dell'uso ricreativo</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>none</t>
-[...26 lines deleted...]
-    <t>shrub forest</t>
+    <t>nessuna attività di svago</t>
+  </si>
+  <si>
+    <t>molto debole</t>
+  </si>
+  <si>
+    <t>debole</t>
+  </si>
+  <si>
+    <t>moderata</t>
+  </si>
+  <si>
+    <t>forte</t>
+  </si>
+  <si>
+    <t>molto forte</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>bosco accessibile esclusi gli arbusteti</t>
+  </si>
+  <si>
+    <t>bosco non accessibile esclusi gli arbusteti</t>
+  </si>
+  <si>
+    <t>arbusteti</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1401625/583398</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (3 classes)</t>
+      <t xml:space="preserve">tipo di bosco (3 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Classification of the forest according to the forest decision and accessibility into the three classes «accessible forest without shrub forest», «inaccessible forest without shrub forest» and «shrub forest».</t>
+    <t>Suddivisione del bosco in base alla decisione di bosco e all'accessibilità nelle tre classi «bosco accessibile esclusi gli arbusteti», «bosco inaccessibile esclusi gli arbusteti» e «arbusteti».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">intensity of recreational use</t>
+      <t xml:space="preserve">intensità dell'uso ricreativo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #508</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without current recreational use within a radius of 100 m around the sample plot centre, classified according to visitor frequency as a measure of the intensity of recreational use. No recreational use: &lt;10 persons/year; very low intensity: &lt;1 person/day; low: 1-10 persons/day; moderate: 11-100 persons/day; high: 101-500 persons/day; very high: &gt;500 persons/day based on the entire year or the relevant season, taking into account all types of recreational use. Reference: Forest Service Survey (MID 330: Intensität der aktuellen Erholungsnutzung)</t>
+    <t>Aree di saggio senza/con attuale uso ricreativo in un raggio di 100 m intorno al centro dell'area di saggio, classificate in base alla frequenza dei visitatori come misura dell'intensità dell'uso ricreativo. nessuna attività ricreativa: &lt;10 persone/anno, intensità delle attività ricreativa molto bassa: &lt;1 persona/giorno, bassa: 1-10 persone/giorno, moderata: 11-100 persone/giorno, grande: 101-500 persone/giorno, molto grande: &gt;500 persone/giorno riferita all'intero anno o alla relativa stagione, tenendo conto di tutti i tipi di attività ricreativa. Fonte: inchiesta presso il servizio forestale (MID 330: Intensität der aktuellen Erholungsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -759,51 +759,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="37.562" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
@@ -2862,270 +2862,270 @@
         <v>100.0</v>
       </c>
       <c r="N52" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O52" s="6">
         <v>100.0</v>
       </c>
       <c r="P52" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="21.75">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1401625/583398</t>
           </r>
         </is>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3"/>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
       <c r="I53" s="3"/>
       <c r="J53" s="3"/>
       <c r="K53" s="3"/>
       <c r="L53" s="3"/>
       <c r="M53" s="3"/>
       <c r="N53" s="3"/>
       <c r="O53" s="3"/>
       <c r="P53" s="3"/>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:16" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (3 classes)</t>
+            <t xml:space="preserve">tipo di bosco (3 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:16" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">intensity of recreational use</t>
+            <t xml:space="preserve">intensità dell'uso ricreativo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #508</t>
           </r>
         </is>
       </c>
     </row>
     <row r="63" spans="1:16" customHeight="1" ht="29">
       <c r="A63" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="66" spans="1:16" customHeight="1" ht="29">
       <c r="A66" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="69" spans="1:16" customHeight="1" ht="29">
       <c r="A69" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="72" spans="1:16" customHeight="1" ht="29">
       <c r="A72" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>