--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,400 +14,400 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>tipo di bosco (3 classi) · intensità dell'uso ricreativo</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>proportion of forest plots</t>
+  </si>
+  <si>
+    <t>forest type (3 classes) · intensity of recreational use</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...29 lines deleted...]
-    <t>intensità dell'uso ricreativo</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>forest type (3 classes)</t>
+  </si>
+  <si>
+    <t>intensity of recreational use</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nessuna attività di svago</t>
-[...26 lines deleted...]
-    <t>arbusteti</t>
+    <t>none</t>
+  </si>
+  <si>
+    <t>low</t>
+  </si>
+  <si>
+    <t>light</t>
+  </si>
+  <si>
+    <t>moderate</t>
+  </si>
+  <si>
+    <t>strong</t>
+  </si>
+  <si>
+    <t>very strong</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>accessible forest without shrub forest</t>
+  </si>
+  <si>
+    <t>inaccessible forest without shrub forest</t>
+  </si>
+  <si>
+    <t>shrub forest</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1401628/583401</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
+      <t xml:space="preserve">proportion of forest plots</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
+    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tipo di bosco (3 classi)</t>
+      <t xml:space="preserve">forest type (3 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione del bosco in base alla decisione di bosco e all'accessibilità nelle tre classi «bosco accessibile esclusi gli arbusteti», «bosco inaccessibile esclusi gli arbusteti» e «arbusteti».</t>
+    <t>Classification of the forest according to the forest decision and accessibility into the three classes «accessible forest without shrub forest», «inaccessible forest without shrub forest» and «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">intensità dell'uso ricreativo</t>
+      <t xml:space="preserve">intensity of recreational use</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #508</t>
     </r>
   </si>
   <si>
-    <t>Aree di saggio senza/con attuale uso ricreativo in un raggio di 100 m intorno al centro dell'area di saggio, classificate in base alla frequenza dei visitatori come misura dell'intensità dell'uso ricreativo. nessuna attività ricreativa: &lt;10 persone/anno, intensità delle attività ricreativa molto bassa: &lt;1 persona/giorno, bassa: 1-10 persone/giorno, moderata: 11-100 persone/giorno, grande: 101-500 persone/giorno, molto grande: &gt;500 persone/giorno riferita all'intero anno o alla relativa stagione, tenendo conto di tutti i tipi di attività ricreativa. Fonte: inchiesta presso il servizio forestale (MID 330: Intensität der aktuellen Erholungsnutzung)</t>
+    <t>Sample plots with/without current recreational use within a radius of 100 m around the sample plot centre, classified according to visitor frequency as a measure of the intensity of recreational use. No recreational use: &lt;10 persons/year; very low intensity: &lt;1 person/day; low: 1-10 persons/day; moderate: 11-100 persons/day; high: 101-500 persons/day; very high: &gt;500 persons/day based on the entire year or the relevant season, taking into account all types of recreational use. Reference: Forest Service Survey (MID 330: Intensität der aktuellen Erholungsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -759,51 +759,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="37.562" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
@@ -2862,270 +2862,270 @@
         <v>100.0</v>
       </c>
       <c r="N52" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O52" s="6">
         <v>100.0</v>
       </c>
       <c r="P52" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="21.75">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1401628/583401</t>
           </r>
         </is>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3"/>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
       <c r="I53" s="3"/>
       <c r="J53" s="3"/>
       <c r="K53" s="3"/>
       <c r="L53" s="3"/>
       <c r="M53" s="3"/>
       <c r="N53" s="3"/>
       <c r="O53" s="3"/>
       <c r="P53" s="3"/>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
+            <t xml:space="preserve">proportion of forest plots</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:16" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tipo di bosco (3 classi)</t>
+            <t xml:space="preserve">forest type (3 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:16" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">intensità dell'uso ricreativo</t>
+            <t xml:space="preserve">intensity of recreational use</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #508</t>
           </r>
         </is>
       </c>
     </row>
     <row r="63" spans="1:16" customHeight="1" ht="29">
       <c r="A63" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="66" spans="1:16" customHeight="1" ht="29">
       <c r="A66" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="69" spans="1:16" customHeight="1" ht="29">
       <c r="A69" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="72" spans="1:16" customHeight="1" ht="29">
       <c r="A72" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>