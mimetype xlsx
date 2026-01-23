--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,400 +14,400 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest type (3 classes) · intensity of recreational use</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Anteil Waldprobeflächen</t>
+  </si>
+  <si>
+    <t>Waldtyp (3 Klassen) · Intensität der Erholungsnutzung</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>biogeographical region</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...20 lines deleted...]
-    <t>intensity of recreational use</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Waldtyp (3 Klassen)</t>
+  </si>
+  <si>
+    <t>Intensität der Erholungsnutzung</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>none</t>
-[...26 lines deleted...]
-    <t>shrub forest</t>
+    <t>keine Erholungsnutzung</t>
+  </si>
+  <si>
+    <t>sehr gering</t>
+  </si>
+  <si>
+    <t xml:space="preserve">gering </t>
+  </si>
+  <si>
+    <t>mässig</t>
+  </si>
+  <si>
+    <t xml:space="preserve">gross </t>
+  </si>
+  <si>
+    <t>sehr gross</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>zugänglicher Wald ohne Gebüschwald</t>
+  </si>
+  <si>
+    <t>unzugänglicher Wald ohne Gebüschwald</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gebüschwald </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1401632/583405</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">Anteil Waldprobeflächen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (3 classes)</t>
+      <t xml:space="preserve">Waldtyp (3 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Classification of the forest according to the forest decision and accessibility into the three classes «accessible forest without shrub forest», «inaccessible forest without shrub forest» and «shrub forest».</t>
+    <t>Einteilung des Waldes aufgrund des Waldentscheids und der Zugänglichkeit in die drei Klassen «zugänglicher Wald ohne Gebüschwald», «unzugänglicher Wald ohne Gebüschwald» und «Gebüschwald».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">intensity of recreational use</t>
+      <t xml:space="preserve">Intensität der Erholungsnutzung</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #508</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without current recreational use within a radius of 100 m around the sample plot centre, classified according to visitor frequency as a measure of the intensity of recreational use. No recreational use: &lt;10 persons/year; very low intensity: &lt;1 person/day; low: 1-10 persons/day; moderate: 11-100 persons/day; high: 101-500 persons/day; very high: &gt;500 persons/day based on the entire year or the relevant season, taking into account all types of recreational use. Reference: Forest Service Survey (MID 330: Intensität der aktuellen Erholungsnutzung)</t>
+    <t>Probeflächen ohne/mit aktueller Erholungsnutzung im Umkreis von 100 m um das Probeflächenzentrum, klassiert nach der Besucherfrequenz als Mass für die Intensität der Erholungsnutzung. keine Erholungsnutzung: &lt;10 Personen/Jahr, Intensität der Erholungsnutzung sehr gering: &lt;1 Person/Tag, gering: 1-10 Personen/Tag, mässig: 11-100 Personen/Tag, gross: 101-500 Personen/Tag, sehr gross: &gt;500 Personen/Tag bezogen auf das gesamte Jahr bzw. die massgebende Saison unter Berücksichtigung aller Arten der Erholungsnutzung. Grundlage: Forstdienstbefragung (MID 330: Intensität der aktuellen Erholungsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Area accessible on foot that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
+    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war) und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -759,52 +759,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="37.562" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2862,270 +2862,270 @@
         <v>100.0</v>
       </c>
       <c r="N52" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O52" s="6">
         <v>100.0</v>
       </c>
       <c r="P52" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="21.75">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1401632/583405</t>
           </r>
         </is>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3"/>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
       <c r="I53" s="3"/>
       <c r="J53" s="3"/>
       <c r="K53" s="3"/>
       <c r="L53" s="3"/>
       <c r="M53" s="3"/>
       <c r="N53" s="3"/>
       <c r="O53" s="3"/>
       <c r="P53" s="3"/>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">Anteil Waldprobeflächen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:16" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (3 classes)</t>
+            <t xml:space="preserve">Waldtyp (3 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:16" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">intensity of recreational use</t>
+            <t xml:space="preserve">Intensität der Erholungsnutzung</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #508</t>
           </r>
         </is>
       </c>
     </row>
     <row r="63" spans="1:16" customHeight="1" ht="29">
       <c r="A63" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="66" spans="1:16" customHeight="1" ht="29">
       <c r="A66" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="69" spans="1:16" customHeight="1" ht="29">
       <c r="A69" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="72" spans="1:16" customHeight="1" ht="29">
       <c r="A72" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>