--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,400 +14,400 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest type (3 classes) · intensity of recreational use</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione di aree di saggio in bosco</t>
+  </si>
+  <si>
+    <t>tipo di bosco (3 classi) · intensità dell'uso ricreativo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest</t>
+      <t xml:space="preserve">: bosco</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...29 lines deleted...]
-    <t>intensity of recreational use</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>tipo di bosco (3 classi)</t>
+  </si>
+  <si>
+    <t>intensità dell'uso ricreativo</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>none</t>
-[...26 lines deleted...]
-    <t>shrub forest</t>
+    <t>nessuna attività di svago</t>
+  </si>
+  <si>
+    <t>molto debole</t>
+  </si>
+  <si>
+    <t>debole</t>
+  </si>
+  <si>
+    <t>moderata</t>
+  </si>
+  <si>
+    <t>forte</t>
+  </si>
+  <si>
+    <t>molto forte</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>bosco accessibile esclusi gli arbusteti</t>
+  </si>
+  <si>
+    <t>bosco non accessibile esclusi gli arbusteti</t>
+  </si>
+  <si>
+    <t>arbusteti</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1401641/583414</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (3 classes)</t>
+      <t xml:space="preserve">tipo di bosco (3 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Classification of the forest according to the forest decision and accessibility into the three classes «accessible forest without shrub forest», «inaccessible forest without shrub forest» and «shrub forest».</t>
+    <t>Suddivisione del bosco in base alla decisione di bosco e all'accessibilità nelle tre classi «bosco accessibile esclusi gli arbusteti», «bosco inaccessibile esclusi gli arbusteti» e «arbusteti».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">intensity of recreational use</t>
+      <t xml:space="preserve">intensità dell'uso ricreativo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #508</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without current recreational use within a radius of 100 m around the sample plot centre, classified according to visitor frequency as a measure of the intensity of recreational use. No recreational use: &lt;10 persons/year; very low intensity: &lt;1 person/day; low: 1-10 persons/day; moderate: 11-100 persons/day; high: 101-500 persons/day; very high: &gt;500 persons/day based on the entire year or the relevant season, taking into account all types of recreational use. Reference: Forest Service Survey (MID 330: Intensität der aktuellen Erholungsnutzung)</t>
+    <t>Aree di saggio senza/con attuale uso ricreativo in un raggio di 100 m intorno al centro dell'area di saggio, classificate in base alla frequenza dei visitatori come misura dell'intensità dell'uso ricreativo. nessuna attività ricreativa: &lt;10 persone/anno, intensità delle attività ricreativa molto bassa: &lt;1 persona/giorno, bassa: 1-10 persone/giorno, moderata: 11-100 persone/giorno, grande: 101-500 persone/giorno, molto grande: &gt;500 persone/giorno riferita all'intero anno o alla relativa stagione, tenendo conto di tutti i tipi di attività ricreativa. Fonte: inchiesta presso il servizio forestale (MID 330: Intensität der aktuellen Erholungsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest</t>
+      <t xml:space="preserve">bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the NFI's definition of 'forest', i.e. is «a forest without shrub forest» or «a shrub forest».</t>
+    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -759,51 +759,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="37.562" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
@@ -2862,270 +2862,270 @@
         <v>100.0</v>
       </c>
       <c r="N52" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O52" s="6">
         <v>100.0</v>
       </c>
       <c r="P52" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="21.75">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1401641/583414</t>
           </r>
         </is>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3"/>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
       <c r="I53" s="3"/>
       <c r="J53" s="3"/>
       <c r="K53" s="3"/>
       <c r="L53" s="3"/>
       <c r="M53" s="3"/>
       <c r="N53" s="3"/>
       <c r="O53" s="3"/>
       <c r="P53" s="3"/>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:16" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (3 classes)</t>
+            <t xml:space="preserve">tipo di bosco (3 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:16" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">intensity of recreational use</t>
+            <t xml:space="preserve">intensità dell'uso ricreativo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #508</t>
           </r>
         </is>
       </c>
     </row>
     <row r="63" spans="1:16" customHeight="1" ht="29">
       <c r="A63" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="66" spans="1:16" customHeight="1" ht="29">
       <c r="A66" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest</t>
+            <t xml:space="preserve">bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="69" spans="1:16" customHeight="1" ht="29">
       <c r="A69" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="72" spans="1:16" customHeight="1" ht="29">
       <c r="A72" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>