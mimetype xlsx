--- v1 (2026-01-23)
+++ v2 (2026-01-24)
@@ -14,400 +14,400 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>tipo di bosco (3 classi) · intensità dell'uso ricreativo</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Anteil Waldprobeflächen</t>
+  </si>
+  <si>
+    <t>Waldtyp (3 Klassen) · Intensität der Erholungsnutzung</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione dei boschi di protezione</t>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco</t>
+      <t xml:space="preserve">: Wald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...29 lines deleted...]
-    <t>intensità dell'uso ricreativo</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Waldtyp (3 Klassen)</t>
+  </si>
+  <si>
+    <t>Intensität der Erholungsnutzung</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nessuna attività di svago</t>
-[...26 lines deleted...]
-    <t>arbusteti</t>
+    <t>keine Erholungsnutzung</t>
+  </si>
+  <si>
+    <t>sehr gering</t>
+  </si>
+  <si>
+    <t xml:space="preserve">gering </t>
+  </si>
+  <si>
+    <t>mässig</t>
+  </si>
+  <si>
+    <t xml:space="preserve">gross </t>
+  </si>
+  <si>
+    <t>sehr gross</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>zugänglicher Wald ohne Gebüschwald</t>
+  </si>
+  <si>
+    <t>unzugänglicher Wald ohne Gebüschwald</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gebüschwald </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1401641/583414</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
+      <t xml:space="preserve">Anteil Waldprobeflächen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
+    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tipo di bosco (3 classi)</t>
+      <t xml:space="preserve">Waldtyp (3 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione del bosco in base alla decisione di bosco e all'accessibilità nelle tre classi «bosco accessibile esclusi gli arbusteti», «bosco inaccessibile esclusi gli arbusteti» e «arbusteti».</t>
+    <t>Einteilung des Waldes aufgrund des Waldentscheids und der Zugänglichkeit in die drei Klassen «zugänglicher Wald ohne Gebüschwald», «unzugänglicher Wald ohne Gebüschwald» und «Gebüschwald».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">intensità dell'uso ricreativo</t>
+      <t xml:space="preserve">Intensität der Erholungsnutzung</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #508</t>
     </r>
   </si>
   <si>
-    <t>Aree di saggio senza/con attuale uso ricreativo in un raggio di 100 m intorno al centro dell'area di saggio, classificate in base alla frequenza dei visitatori come misura dell'intensità dell'uso ricreativo. nessuna attività ricreativa: &lt;10 persone/anno, intensità delle attività ricreativa molto bassa: &lt;1 persona/giorno, bassa: 1-10 persone/giorno, moderata: 11-100 persone/giorno, grande: 101-500 persone/giorno, molto grande: &gt;500 persone/giorno riferita all'intero anno o alla relativa stagione, tenendo conto di tutti i tipi di attività ricreativa. Fonte: inchiesta presso il servizio forestale (MID 330: Intensität der aktuellen Erholungsnutzung)</t>
+    <t>Probeflächen ohne/mit aktueller Erholungsnutzung im Umkreis von 100 m um das Probeflächenzentrum, klassiert nach der Besucherfrequenz als Mass für die Intensität der Erholungsnutzung. keine Erholungsnutzung: &lt;10 Personen/Jahr, Intensität der Erholungsnutzung sehr gering: &lt;1 Person/Tag, gering: 1-10 Personen/Tag, mässig: 11-100 Personen/Tag, gross: 101-500 Personen/Tag, sehr gross: &gt;500 Personen/Tag bezogen auf das gesamte Jahr bzw. die massgebende Saison unter Berücksichtigung aller Arten der Erholungsnutzung. Grundlage: Forstdienstbefragung (MID 330: Intensität der aktuellen Erholungsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione dei boschi di protezione</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco</t>
+      <t xml:space="preserve">Wald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto».</t>
+    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -759,52 +759,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="37.562" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2862,270 +2862,270 @@
         <v>100.0</v>
       </c>
       <c r="N52" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O52" s="6">
         <v>100.0</v>
       </c>
       <c r="P52" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="21.75">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1401641/583414</t>
           </r>
         </is>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3"/>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
       <c r="I53" s="3"/>
       <c r="J53" s="3"/>
       <c r="K53" s="3"/>
       <c r="L53" s="3"/>
       <c r="M53" s="3"/>
       <c r="N53" s="3"/>
       <c r="O53" s="3"/>
       <c r="P53" s="3"/>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
+            <t xml:space="preserve">Anteil Waldprobeflächen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:16" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tipo di bosco (3 classi)</t>
+            <t xml:space="preserve">Waldtyp (3 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:16" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">intensità dell'uso ricreativo</t>
+            <t xml:space="preserve">Intensität der Erholungsnutzung</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #508</t>
           </r>
         </is>
       </c>
     </row>
     <row r="63" spans="1:16" customHeight="1" ht="29">
       <c r="A63" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione dei boschi di protezione</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="66" spans="1:16" customHeight="1" ht="29">
       <c r="A66" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco</t>
+            <t xml:space="preserve">Wald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="69" spans="1:16" customHeight="1" ht="29">
       <c r="A69" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="72" spans="1:16" customHeight="1" ht="29">
       <c r="A72" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>