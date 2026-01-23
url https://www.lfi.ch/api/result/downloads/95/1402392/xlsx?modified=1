--- v0 (2025-12-07)
+++ v1 (2026-01-23)
@@ -14,362 +14,362 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Lückentyp</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione di aree di saggio in bosco</t>
+  </si>
+  <si>
+    <t>tipo di chiaria</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>keine Lücke</t>
-[...23 lines deleted...]
-    <t>Total</t>
+    <t>nessuna chiarìa</t>
+  </si>
+  <si>
+    <t>temporaneamente non boscata</t>
+  </si>
+  <si>
+    <t>prato in bosco</t>
+  </si>
+  <si>
+    <t>chiarìa in fase di imboschimento</t>
+  </si>
+  <si>
+    <t>macereti e pietraie</t>
+  </si>
+  <si>
+    <t>smottamento</t>
+  </si>
+  <si>
+    <t>superficie rocciosa</t>
+  </si>
+  <si>
+    <t>striscia aperta</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1402392/584165</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Lückentyp</t>
+      <t xml:space="preserve">tipo di chiaria</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #460</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen ohne/mit Lücken von mindestens 10 × 10 m von Kronenrand zu Kronenrand und einem Gehölzdeckungsgrad von maximal 20%, die die Interpretationsfläche anschneiden, eingeteilt nach der vorherrschenden Oberfläche der grössten Lücke in verschiedene Lückentypen. Grundlage: Feldaufnahme (MID 221: Lückentyp)</t>
+    <t>Aree di saggio senza/con chiarie di almeno 10 × 10 m (misurate dai bordi delle chiome) che intersecano l'area di interpretazione (50 x 50 m) e con una grado di copertura delle specie legnose di al massimo 20%, classificate in diversi tipi di chiarie in base alla superficie predominante della chiaria più grande. Fonte: rilievo sul terreno (MID 221: Lückentyp)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -721,51 +721,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1358,235 +1358,235 @@
         <v>100.0</v>
       </c>
       <c r="M22" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N22" s="6">
         <v>100.0</v>
       </c>
       <c r="O22" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:15" customHeight="1" ht="21.75">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1402392/584165</t>
           </r>
         </is>
       </c>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
       <c r="L23" s="3"/>
       <c r="M23" s="3"/>
       <c r="N23" s="3"/>
       <c r="O23" s="3"/>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Lückentyp</t>
+            <t xml:space="preserve">tipo di chiaria</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #460</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:15" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>