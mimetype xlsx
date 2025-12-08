--- v0 (2025-12-08)
+++ v1 (2025-12-08)
@@ -14,359 +14,359 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Lückentyp</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>proportion of forest plots</t>
+  </si>
+  <si>
+    <t>type of gap</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>Produktionsregion</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...11 lines deleted...]
-    <t>Schweiz</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>keine Lücke</t>
-[...23 lines deleted...]
-    <t>Total</t>
+    <t>no gap</t>
+  </si>
+  <si>
+    <t>temporarily unstocked</t>
+  </si>
+  <si>
+    <t>glade</t>
+  </si>
+  <si>
+    <t>ingrowing</t>
+  </si>
+  <si>
+    <t>block scree</t>
+  </si>
+  <si>
+    <t>landslide</t>
+  </si>
+  <si>
+    <t>cliff</t>
+  </si>
+  <si>
+    <t>forest aisle</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1402397/584170</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proportion of forest plots</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Lückentyp</t>
+      <t xml:space="preserve">type of gap</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #460</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen ohne/mit Lücken von mindestens 10 × 10 m von Kronenrand zu Kronenrand und einem Gehölzdeckungsgrad von maximal 20%, die die Interpretationsfläche anschneiden, eingeteilt nach der vorherrschenden Oberfläche der grössten Lücke in verschiedene Lückentypen. Grundlage: Feldaufnahme (MID 221: Lückentyp)</t>
+    <t>Sample plots with/without gaps ≥10 × 10 m from crown edge to crown edge and cover with woody plants of maximum 20% that intersect with the interpretation area. Classified into different gap types according to the predominant surface of the largest gap. Reference: Field Survey (MID 221: Lückentyp)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -718,51 +718,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1281,233 +1281,233 @@
         <v>100.0</v>
       </c>
       <c r="K22" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="6">
         <v>100.0</v>
       </c>
       <c r="M22" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="21.75">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1402397/584170</t>
           </r>
         </is>
       </c>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
       <c r="L23" s="3"/>
       <c r="M23" s="3"/>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proportion of forest plots</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Lückentyp</t>
+            <t xml:space="preserve">type of gap</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #460</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>