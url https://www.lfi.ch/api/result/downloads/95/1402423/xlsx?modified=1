--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>seasonality of recreational use</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Anteil Waldprobeflächen</t>
+  </si>
+  <si>
+    <t>Saisonalität der Erholungsnutzung</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
-[...8 lines deleted...]
-    <t>winter</t>
+    <t>keine Angabe</t>
+  </si>
+  <si>
+    <t>ganzjährig</t>
+  </si>
+  <si>
+    <t>Vegetationsperiode</t>
+  </si>
+  <si>
+    <t>Winter</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1402423/584196</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">Anteil Waldprobeflächen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">seasonality of recreational use</t>
+      <t xml:space="preserve">Saisonalität der Erholungsnutzung</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #511</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without current recreational use within a radius of 100 m around the sample plot centre, classified according to seasonality of recreational use (all year round, almost only during the growing season, almost only in winter). Reference: Forest Service Survey (MID 403: Saisonalität der aktuellen Erholungsnutzung)</t>
+    <t>Probeflächen ohne/mit aktueller Erholungsnutzung im Umkreis von 100 m um das Probeflächenzentrum, klassiert nach der Saisonalität der Erholungsnutzung (ganzjährig, fast nur während der Vegetationsperiode, fast nur im Winter). Grundlage: Forstdienstbefragung (MID 403: Saisonalität der aktuellen Erholungsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Area accessible on foot that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
+    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war) und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="42.275" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1108,235 +1108,235 @@
         <v>100.0</v>
       </c>
       <c r="M17" s="6" t="s">
         <v>22</v>
       </c>
       <c r="N17" s="6">
         <v>100.0</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1402423/584196</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">Anteil Waldprobeflächen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">seasonality of recreational use</t>
+            <t xml:space="preserve">Saisonalität der Erholungsnutzung</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #511</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>