--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>seasonality of recreational use</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Anteil Waldprobeflächen</t>
+  </si>
+  <si>
+    <t>Saisonalität der Erholungsnutzung</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>biogeographical region</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...14 lines deleted...]
-    <t>Switzerland</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
-[...8 lines deleted...]
-    <t>winter</t>
+    <t>keine Angabe</t>
+  </si>
+  <si>
+    <t>ganzjährig</t>
+  </si>
+  <si>
+    <t>Vegetationsperiode</t>
+  </si>
+  <si>
+    <t>Winter</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1402427/584200</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">Anteil Waldprobeflächen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">seasonality of recreational use</t>
+      <t xml:space="preserve">Saisonalität der Erholungsnutzung</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #511</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without current recreational use within a radius of 100 m around the sample plot centre, classified according to seasonality of recreational use (all year round, almost only during the growing season, almost only in winter). Reference: Forest Service Survey (MID 403: Saisonalität der aktuellen Erholungsnutzung)</t>
+    <t>Probeflächen ohne/mit aktueller Erholungsnutzung im Umkreis von 100 m um das Probeflächenzentrum, klassiert nach der Saisonalität der Erholungsnutzung (ganzjährig, fast nur während der Vegetationsperiode, fast nur im Winter). Grundlage: Forstdienstbefragung (MID 403: Saisonalität der aktuellen Erholungsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest</t>
+      <t xml:space="preserve">zugänglicher Wald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the forest definition of the NFI, i.e. is «forest without shrub forest» or «shrub forest», and can be reached on foot.</t>
+    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist, und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="42.275" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1108,235 +1108,235 @@
         <v>100.0</v>
       </c>
       <c r="M17" s="6" t="s">
         <v>22</v>
       </c>
       <c r="N17" s="6">
         <v>100.0</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1402427/584200</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">Anteil Waldprobeflächen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">seasonality of recreational use</t>
+            <t xml:space="preserve">Saisonalität der Erholungsnutzung</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #511</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest</t>
+            <t xml:space="preserve">zugänglicher Wald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>