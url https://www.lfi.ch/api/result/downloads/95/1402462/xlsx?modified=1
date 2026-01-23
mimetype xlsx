--- v0 (2025-11-19)
+++ v1 (2026-01-23)
@@ -14,400 +14,400 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>presence of vehicle tracks (soil disturbances) · slope (in 20% classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione di aree di saggio in bosco</t>
+  </si>
+  <si>
+    <t>presenza di tracce di veicoli (perturbazione del suolo) · pendenza (classi di 20%)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...26 lines deleted...]
-    <t>slope (in 20% classes)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>presenza di tracce di veicoli (perturbazione del suolo)</t>
+  </si>
+  <si>
+    <t>pendenza (classi di 20%)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>to 20%</t>
+    <t>fino al 20%</t>
   </si>
   <si>
     <t>21-40 %</t>
   </si>
   <si>
     <t>41-60 %</t>
   </si>
   <si>
     <t>61-80 %</t>
   </si>
   <si>
     <t>81-100 %</t>
   </si>
   <si>
     <t>&gt;100%</t>
   </si>
   <si>
-    <t>total</t>
-[...11 lines deleted...]
-    <t>no vehicle tracks present</t>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>tipo 1 (perturbazione leggera)</t>
+  </si>
+  <si>
+    <t>tipo 2 (perturbazione moderata)</t>
+  </si>
+  <si>
+    <t>tipo 3 (perturbazione forte)</t>
+  </si>
+  <si>
+    <t>nessuna traccia di veicoli</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1402462/584235</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">presence of vehicle tracks (soil disturbances)</t>
+      <t xml:space="preserve">presenza di tracce di veicoli (perturbazione del suolo)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #729</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without tracks of timber-harvesting vehicles such as tractors, forwarders and harvesters on the forest floor within the 200 m² circle. If there are tracks, indication of the track type. In the case of track type 3 (severe disturbance), it can be assumed that the damage to the soil fertility will be significant and long term (Lüscher et al. 2016). Reference: Field Survey (MID 544: Fahrzeugspuren, MID 496: Bodenschadentyp)</t>
+    <t>Aree di saggio senza/con chiare tracce al suolo di veicoli per la raccolta del legname come trattori, forwarder ed esboscatrici forestali all'interno della superficie di 2 are e, nel caso di una traccia, indicazione del tipo di traccia. Nel caso della traccia di tipo 3 (perturbazione forte), si può presumere che la fertilità del suolo sia danneggiata in modo significativo e permanente (Lüscher et al. 2016). Fonte: inchiesta presso il servizio forestale (MID 544: Fahrzeugspuren, MID 496: Bodenschadentyp)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">slope (in 20% classes)</t>
+      <t xml:space="preserve">pendenza (classi di 20%)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1083</t>
     </r>
   </si>
   <si>
-    <t>Slope in classes of 20%. Reference: Digital height model DHM 25 from Swisstopo</t>
+    <t>Pendenza in classi di 20%. Fonte: modello digitale DHm²5 di Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -759,52 +759,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="29.279" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -2946,268 +2946,268 @@
         <v>100.0</v>
       </c>
       <c r="L60" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M60" s="6">
         <v>100.0</v>
       </c>
       <c r="N60" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="61" spans="1:14" customHeight="1" ht="21.75">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1402462/584235</t>
           </r>
         </is>
       </c>
       <c r="C61" s="3"/>
       <c r="D61" s="3"/>
       <c r="E61" s="3"/>
       <c r="F61" s="3"/>
       <c r="G61" s="3"/>
       <c r="H61" s="3"/>
       <c r="I61" s="3"/>
       <c r="J61" s="3"/>
       <c r="K61" s="3"/>
       <c r="L61" s="3"/>
       <c r="M61" s="3"/>
       <c r="N61" s="3"/>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:14" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">presence of vehicle tracks (soil disturbances)</t>
+            <t xml:space="preserve">presenza di tracce di veicoli (perturbazione del suolo)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #729</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:14" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">slope (in 20% classes)</t>
+            <t xml:space="preserve">pendenza (classi di 20%)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1083</t>
           </r>
         </is>
       </c>
     </row>
     <row r="71" spans="1:14" customHeight="1" ht="29">
       <c r="A71" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="73" spans="1:14">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="74" spans="1:14" customHeight="1" ht="29">
       <c r="A74" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:14" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:14" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>