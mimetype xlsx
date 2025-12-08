--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -12,399 +12,396 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
-[...7 lines deleted...]
-    <t>Exposition (5 Klassen) · Spuren von Schneebewegungen</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
+  <si>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>proportion of forest plots</t>
+  </si>
+  <si>
+    <t>aspect (5 classes) · traces of snow movement</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...29 lines deleted...]
-    <t>Spuren von Schneebewegungen</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>aspect (5 classes)</t>
+  </si>
+  <si>
+    <t>traces of snow movement</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
-[...2 lines deleted...]
-    <t>Wert nicht ermittelt</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>vorhanden</t>
-[...8 lines deleted...]
-    <t>unbestimmt</t>
+    <t>present</t>
+  </si>
+  <si>
+    <t>not present</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>indetermined</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
-    <t>O</t>
+    <t>E</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>W</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1402489/584262</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proportion of forest plots</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Exposition (5 Klassen)</t>
+      <t xml:space="preserve">aspect (5 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1033</t>
     </r>
   </si>
   <si>
-    <t>Exposition gemäss folgenden fünf Klassen: Nord, Ost, Süd, West und unbestimmt. «Unbestimmt» bedeutet, dass die Hangneigung ≤10% beträgt. Grundlage: Feldaufnahme (MID 191: Azimut der Exposition)</t>
+    <t>Aspect, classified into the following five classes: North, East, South, West and indeterminate. «Indeterminate» means that the slope is ≤10%. Reference: Field Survey (MID 191: Azimut der Exposition)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Spuren von Schneebewegungen</t>
+      <t xml:space="preserve">traces of snow movement</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1044</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen mit/ohne Spuren von Schneebewegungen, d.h. von Schneekriechen, Schneegleiten oder Lawinen auf der Interpretationsfläche (50 × 50 m). Grundlage: Feldaufnahme (MID 202: langsame Schneebewegung und MID 400: Lawinenspuren)</t>
+    <t>Sample plots with/without traces of snow movement, i.e. snow creep, snow sliding or avalanches on the interpretation area (50 × 50 m). Reference: Field Survey (MID 202: langsame Schneebewegung und MID 400: Lawinenspuren)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -756,52 +753,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="29.279" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="30.421" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -921,1655 +918,1655 @@
       </c>
       <c r="K12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P12" s="4" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C13" s="6">
         <v>0.0</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E13" s="6">
         <v>0.0</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G13" s="6">
         <v>0.0</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I13" s="6">
         <v>0.0</v>
       </c>
       <c r="J13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K13" s="6">
         <v>0.0</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M13" s="6">
         <v>0.0</v>
       </c>
       <c r="N13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O13" s="6">
         <v>0.0</v>
       </c>
       <c r="P13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" s="5"/>
       <c r="B14" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C14" s="6">
         <v>0.0</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E14" s="6">
         <v>0.0</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G14" s="6">
         <v>0.0</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I14" s="6">
         <v>0.0</v>
       </c>
       <c r="J14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K14" s="6">
         <v>0.0</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M14" s="6">
         <v>0.0</v>
       </c>
       <c r="N14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O14" s="6">
         <v>0.0</v>
       </c>
       <c r="P14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" s="5"/>
       <c r="B15" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C15" s="6">
         <v>0.0</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E15" s="6">
         <v>0.0</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G15" s="6">
         <v>0.0</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I15" s="6">
         <v>0.3</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K15" s="6">
         <v>0.0</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M15" s="6">
         <v>0.2</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O15" s="6">
         <v>0.1</v>
       </c>
       <c r="P15" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" s="5"/>
       <c r="B16" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C16" s="6">
         <v>0.0</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E16" s="6">
         <v>0.0</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G16" s="6">
         <v>0.0</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I16" s="6">
         <v>0.3</v>
       </c>
       <c r="J16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K16" s="6">
         <v>0.0</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M16" s="6">
         <v>0.2</v>
       </c>
       <c r="N16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O16" s="6">
         <v>0.1</v>
       </c>
       <c r="P16" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C17" s="6">
         <v>0.0</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E17" s="6">
         <v>0.0</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G17" s="6">
         <v>0.0</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I17" s="6">
         <v>0.0</v>
       </c>
       <c r="J17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K17" s="6">
         <v>0.0</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M17" s="6">
         <v>0.0</v>
       </c>
       <c r="N17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O17" s="6">
         <v>0.0</v>
       </c>
       <c r="P17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" s="5"/>
       <c r="B18" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C18" s="6">
         <v>0.1</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E18" s="6">
         <v>0.0</v>
       </c>
       <c r="F18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G18" s="6">
         <v>0.3</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I18" s="6">
         <v>0.0</v>
       </c>
       <c r="J18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K18" s="6">
         <v>0.2</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M18" s="6">
         <v>0.0</v>
       </c>
       <c r="N18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O18" s="6">
         <v>0.1</v>
       </c>
       <c r="P18" s="6">
         <v>0.1</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" s="5"/>
       <c r="B19" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C19" s="6">
         <v>25.6</v>
       </c>
       <c r="D19" s="6">
         <v>1.2</v>
       </c>
       <c r="E19" s="6">
         <v>2.7</v>
       </c>
       <c r="F19" s="6">
         <v>0.7</v>
       </c>
       <c r="G19" s="6">
         <v>2.7</v>
       </c>
       <c r="H19" s="6">
         <v>0.8</v>
       </c>
       <c r="I19" s="6">
         <v>0.9</v>
       </c>
       <c r="J19" s="6">
         <v>0.5</v>
       </c>
       <c r="K19" s="6">
         <v>1.9</v>
       </c>
       <c r="L19" s="6">
         <v>0.7</v>
       </c>
       <c r="M19" s="6">
         <v>0.4</v>
       </c>
       <c r="N19" s="6">
         <v>0.3</v>
       </c>
       <c r="O19" s="6">
         <v>10.3</v>
       </c>
       <c r="P19" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" s="5"/>
       <c r="B20" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C20" s="6">
         <v>25.7</v>
       </c>
       <c r="D20" s="6">
         <v>1.2</v>
       </c>
       <c r="E20" s="6">
         <v>2.7</v>
       </c>
       <c r="F20" s="6">
         <v>0.7</v>
       </c>
       <c r="G20" s="6">
         <v>3.0</v>
       </c>
       <c r="H20" s="6">
         <v>0.9</v>
       </c>
       <c r="I20" s="6">
         <v>0.9</v>
       </c>
       <c r="J20" s="6">
         <v>0.5</v>
       </c>
       <c r="K20" s="6">
         <v>2.1</v>
       </c>
       <c r="L20" s="6">
         <v>0.7</v>
       </c>
       <c r="M20" s="6">
         <v>0.4</v>
       </c>
       <c r="N20" s="6">
         <v>0.3</v>
       </c>
       <c r="O20" s="6">
         <v>10.4</v>
       </c>
       <c r="P20" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C21" s="6">
         <v>0.0</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E21" s="6">
         <v>0.0</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G21" s="6">
         <v>0.0</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I21" s="6">
         <v>0.0</v>
       </c>
       <c r="J21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K21" s="6">
         <v>0.2</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M21" s="6">
         <v>0.0</v>
       </c>
       <c r="N21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O21" s="6">
         <v>0.0</v>
       </c>
       <c r="P21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" s="5"/>
       <c r="B22" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C22" s="6">
         <v>2.3</v>
       </c>
       <c r="D22" s="6">
         <v>0.4</v>
       </c>
       <c r="E22" s="6">
         <v>12.6</v>
       </c>
       <c r="F22" s="6">
         <v>1.4</v>
       </c>
       <c r="G22" s="6">
         <v>13.3</v>
       </c>
       <c r="H22" s="6">
         <v>1.7</v>
       </c>
       <c r="I22" s="6">
         <v>17.5</v>
       </c>
       <c r="J22" s="6">
         <v>2.1</v>
       </c>
       <c r="K22" s="6">
         <v>16.1</v>
       </c>
       <c r="L22" s="6">
         <v>1.8</v>
       </c>
       <c r="M22" s="6">
         <v>14.5</v>
       </c>
       <c r="N22" s="6">
         <v>1.7</v>
       </c>
       <c r="O22" s="6">
         <v>10.2</v>
       </c>
       <c r="P22" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" s="5"/>
       <c r="B23" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C23" s="6">
         <v>22.7</v>
       </c>
       <c r="D23" s="6">
         <v>1.2</v>
       </c>
       <c r="E23" s="6">
         <v>18.4</v>
       </c>
       <c r="F23" s="6">
         <v>1.6</v>
       </c>
       <c r="G23" s="6">
         <v>15.9</v>
       </c>
       <c r="H23" s="6">
         <v>1.9</v>
       </c>
       <c r="I23" s="6">
         <v>10.6</v>
       </c>
       <c r="J23" s="6">
         <v>1.7</v>
       </c>
       <c r="K23" s="6">
         <v>10.5</v>
       </c>
       <c r="L23" s="6">
         <v>1.5</v>
       </c>
       <c r="M23" s="6">
         <v>7.2</v>
       </c>
       <c r="N23" s="6">
         <v>1.3</v>
       </c>
       <c r="O23" s="6">
         <v>16.4</v>
       </c>
       <c r="P23" s="6">
         <v>0.6</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" s="5"/>
       <c r="B24" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C24" s="6">
         <v>25.0</v>
       </c>
       <c r="D24" s="6">
         <v>1.2</v>
       </c>
       <c r="E24" s="6">
         <v>31.0</v>
       </c>
       <c r="F24" s="6">
         <v>1.9</v>
       </c>
       <c r="G24" s="6">
         <v>29.2</v>
       </c>
       <c r="H24" s="6">
         <v>2.3</v>
       </c>
       <c r="I24" s="6">
         <v>28.0</v>
       </c>
       <c r="J24" s="6">
         <v>2.5</v>
       </c>
       <c r="K24" s="6">
         <v>26.8</v>
       </c>
       <c r="L24" s="6">
         <v>2.1</v>
       </c>
       <c r="M24" s="6">
         <v>21.7</v>
       </c>
       <c r="N24" s="6">
         <v>2.0</v>
       </c>
       <c r="O24" s="6">
         <v>26.6</v>
       </c>
       <c r="P24" s="6">
         <v>0.8</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C25" s="6">
         <v>0.0</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E25" s="6">
         <v>0.0</v>
       </c>
       <c r="F25" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G25" s="6">
         <v>0.0</v>
       </c>
       <c r="H25" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I25" s="6">
         <v>0.0</v>
       </c>
       <c r="J25" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K25" s="6">
         <v>0.0</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M25" s="6">
         <v>0.0</v>
       </c>
       <c r="N25" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O25" s="6">
         <v>0.0</v>
       </c>
       <c r="P25" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" s="5"/>
       <c r="B26" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C26" s="6">
         <v>1.2</v>
       </c>
       <c r="D26" s="6">
         <v>0.3</v>
       </c>
       <c r="E26" s="6">
         <v>8.4</v>
       </c>
       <c r="F26" s="6">
         <v>1.2</v>
       </c>
       <c r="G26" s="6">
         <v>7.1</v>
       </c>
       <c r="H26" s="6">
         <v>1.3</v>
       </c>
       <c r="I26" s="6">
         <v>14.0</v>
       </c>
       <c r="J26" s="6">
         <v>1.9</v>
       </c>
       <c r="K26" s="6">
         <v>16.5</v>
       </c>
       <c r="L26" s="6">
         <v>1.8</v>
       </c>
       <c r="M26" s="6">
         <v>18.3</v>
       </c>
       <c r="N26" s="6">
         <v>1.9</v>
       </c>
       <c r="O26" s="6">
         <v>8.5</v>
       </c>
       <c r="P26" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" s="5"/>
       <c r="B27" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C27" s="6">
         <v>16.1</v>
       </c>
       <c r="D27" s="6">
         <v>1.1</v>
       </c>
       <c r="E27" s="6">
         <v>15.4</v>
       </c>
       <c r="F27" s="6">
         <v>1.5</v>
       </c>
       <c r="G27" s="6">
         <v>13.1</v>
       </c>
       <c r="H27" s="6">
         <v>1.7</v>
       </c>
       <c r="I27" s="6">
         <v>10.9</v>
       </c>
       <c r="J27" s="6">
         <v>1.7</v>
       </c>
       <c r="K27" s="6">
         <v>9.8</v>
       </c>
       <c r="L27" s="6">
         <v>1.5</v>
       </c>
       <c r="M27" s="6">
         <v>11.9</v>
       </c>
       <c r="N27" s="6">
         <v>1.6</v>
       </c>
       <c r="O27" s="6">
         <v>13.8</v>
       </c>
       <c r="P27" s="6">
         <v>0.6</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" s="5"/>
       <c r="B28" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C28" s="6">
         <v>17.3</v>
       </c>
       <c r="D28" s="6">
         <v>1.1</v>
       </c>
       <c r="E28" s="6">
         <v>23.9</v>
       </c>
       <c r="F28" s="6">
         <v>1.8</v>
       </c>
       <c r="G28" s="6">
         <v>20.2</v>
       </c>
       <c r="H28" s="6">
         <v>2.1</v>
       </c>
       <c r="I28" s="6">
         <v>24.9</v>
       </c>
       <c r="J28" s="6">
         <v>2.4</v>
       </c>
       <c r="K28" s="6">
         <v>26.3</v>
       </c>
       <c r="L28" s="6">
         <v>2.2</v>
       </c>
       <c r="M28" s="6">
         <v>30.1</v>
       </c>
       <c r="N28" s="6">
         <v>2.2</v>
       </c>
       <c r="O28" s="6">
         <v>22.3</v>
       </c>
       <c r="P28" s="6">
         <v>0.7</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C29" s="6">
         <v>0.0</v>
       </c>
       <c r="D29" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E29" s="6">
         <v>0.0</v>
       </c>
       <c r="F29" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G29" s="6">
         <v>0.0</v>
       </c>
       <c r="H29" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I29" s="6">
         <v>0.0</v>
       </c>
       <c r="J29" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K29" s="6">
         <v>0.0</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M29" s="6">
         <v>0.0</v>
       </c>
       <c r="N29" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O29" s="6">
         <v>0.0</v>
       </c>
       <c r="P29" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" s="5"/>
       <c r="B30" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C30" s="6">
         <v>1.5</v>
       </c>
       <c r="D30" s="6">
         <v>0.3</v>
       </c>
       <c r="E30" s="6">
         <v>8.7</v>
       </c>
       <c r="F30" s="6">
         <v>1.2</v>
       </c>
       <c r="G30" s="6">
         <v>8.1</v>
       </c>
       <c r="H30" s="6">
         <v>1.4</v>
       </c>
       <c r="I30" s="6">
         <v>12.5</v>
       </c>
       <c r="J30" s="6">
         <v>1.8</v>
       </c>
       <c r="K30" s="6">
         <v>12.2</v>
       </c>
       <c r="L30" s="6">
         <v>1.6</v>
       </c>
       <c r="M30" s="6">
         <v>15.0</v>
       </c>
       <c r="N30" s="6">
         <v>1.7</v>
       </c>
       <c r="O30" s="6">
         <v>7.7</v>
       </c>
       <c r="P30" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" s="5"/>
       <c r="B31" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C31" s="6">
         <v>16.7</v>
       </c>
       <c r="D31" s="6">
         <v>1.1</v>
       </c>
       <c r="E31" s="6">
         <v>9.3</v>
       </c>
       <c r="F31" s="6">
         <v>1.2</v>
       </c>
       <c r="G31" s="6">
         <v>13.3</v>
       </c>
       <c r="H31" s="6">
         <v>1.7</v>
       </c>
       <c r="I31" s="6">
         <v>7.0</v>
       </c>
       <c r="J31" s="6">
         <v>1.4</v>
       </c>
       <c r="K31" s="6">
         <v>7.2</v>
       </c>
       <c r="L31" s="6">
         <v>1.3</v>
       </c>
       <c r="M31" s="6">
         <v>7.5</v>
       </c>
       <c r="N31" s="6">
         <v>1.3</v>
       </c>
       <c r="O31" s="6">
         <v>11.7</v>
       </c>
       <c r="P31" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" s="5"/>
       <c r="B32" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C32" s="6">
         <v>18.2</v>
       </c>
       <c r="D32" s="6">
         <v>1.1</v>
       </c>
       <c r="E32" s="6">
         <v>18.0</v>
       </c>
       <c r="F32" s="6">
         <v>1.6</v>
       </c>
       <c r="G32" s="6">
         <v>21.4</v>
       </c>
       <c r="H32" s="6">
         <v>2.1</v>
       </c>
       <c r="I32" s="6">
         <v>19.5</v>
       </c>
       <c r="J32" s="6">
         <v>2.2</v>
       </c>
       <c r="K32" s="6">
         <v>19.4</v>
       </c>
       <c r="L32" s="6">
         <v>1.9</v>
       </c>
       <c r="M32" s="6">
         <v>22.5</v>
       </c>
       <c r="N32" s="6">
         <v>2.0</v>
       </c>
       <c r="O32" s="6">
         <v>19.3</v>
       </c>
       <c r="P32" s="6">
         <v>0.7</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C33" s="6">
         <v>0.0</v>
       </c>
       <c r="D33" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E33" s="6">
         <v>0.0</v>
       </c>
       <c r="F33" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G33" s="6">
         <v>0.0</v>
       </c>
       <c r="H33" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I33" s="6">
         <v>0.0</v>
       </c>
       <c r="J33" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K33" s="6">
         <v>0.0</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M33" s="6">
         <v>0.0</v>
       </c>
       <c r="N33" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O33" s="6">
         <v>0.0</v>
       </c>
       <c r="P33" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" s="5"/>
       <c r="B34" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C34" s="6">
         <v>0.9</v>
       </c>
       <c r="D34" s="6">
         <v>0.3</v>
       </c>
       <c r="E34" s="6">
         <v>11.6</v>
       </c>
       <c r="F34" s="6">
         <v>1.3</v>
       </c>
       <c r="G34" s="6">
         <v>13.5</v>
       </c>
       <c r="H34" s="6">
         <v>1.8</v>
       </c>
       <c r="I34" s="6">
         <v>16.5</v>
       </c>
       <c r="J34" s="6">
         <v>2.1</v>
       </c>
       <c r="K34" s="6">
         <v>15.8</v>
       </c>
       <c r="L34" s="6">
         <v>1.8</v>
       </c>
       <c r="M34" s="6">
         <v>15.9</v>
       </c>
       <c r="N34" s="6">
         <v>1.8</v>
       </c>
       <c r="O34" s="6">
         <v>9.6</v>
       </c>
       <c r="P34" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" s="5"/>
       <c r="B35" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C35" s="6">
         <v>12.9</v>
       </c>
       <c r="D35" s="6">
         <v>1.0</v>
       </c>
       <c r="E35" s="6">
         <v>12.8</v>
       </c>
       <c r="F35" s="6">
         <v>1.4</v>
       </c>
       <c r="G35" s="6">
         <v>12.6</v>
       </c>
       <c r="H35" s="6">
         <v>1.7</v>
       </c>
       <c r="I35" s="6">
         <v>9.8</v>
       </c>
       <c r="J35" s="6">
         <v>1.6</v>
       </c>
       <c r="K35" s="6">
         <v>9.6</v>
       </c>
       <c r="L35" s="6">
         <v>1.4</v>
       </c>
       <c r="M35" s="6">
         <v>9.1</v>
       </c>
       <c r="N35" s="6">
         <v>1.4</v>
       </c>
       <c r="O35" s="6">
         <v>11.6</v>
       </c>
       <c r="P35" s="6">
         <v>0.6</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" s="5"/>
       <c r="B36" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C36" s="6">
         <v>13.9</v>
       </c>
       <c r="D36" s="6">
         <v>1.0</v>
       </c>
       <c r="E36" s="6">
         <v>24.4</v>
       </c>
       <c r="F36" s="6">
         <v>1.8</v>
       </c>
       <c r="G36" s="6">
         <v>26.1</v>
       </c>
       <c r="H36" s="6">
         <v>2.3</v>
       </c>
       <c r="I36" s="6">
         <v>26.3</v>
       </c>
       <c r="J36" s="6">
         <v>2.4</v>
       </c>
       <c r="K36" s="6">
         <v>25.3</v>
       </c>
       <c r="L36" s="6">
         <v>2.1</v>
       </c>
       <c r="M36" s="6">
         <v>25.0</v>
       </c>
       <c r="N36" s="6">
         <v>2.1</v>
       </c>
       <c r="O36" s="6">
         <v>21.2</v>
       </c>
       <c r="P36" s="6">
         <v>0.7</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C37" s="6">
         <v>0.0</v>
       </c>
       <c r="D37" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E37" s="6">
         <v>0.0</v>
       </c>
       <c r="F37" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G37" s="6">
         <v>0.0</v>
       </c>
       <c r="H37" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I37" s="6">
         <v>0.0</v>
       </c>
       <c r="J37" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K37" s="6">
         <v>0.2</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M37" s="6">
         <v>0.0</v>
       </c>
       <c r="N37" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O37" s="6">
         <v>0.0</v>
       </c>
       <c r="P37" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" s="5"/>
       <c r="B38" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C38" s="6">
         <v>5.9</v>
       </c>
       <c r="D38" s="6">
         <v>0.7</v>
       </c>
       <c r="E38" s="6">
         <v>41.3</v>
       </c>
       <c r="F38" s="6">
         <v>2.0</v>
       </c>
       <c r="G38" s="6">
         <v>42.4</v>
       </c>
       <c r="H38" s="6">
         <v>2.5</v>
       </c>
       <c r="I38" s="6">
         <v>60.5</v>
       </c>
       <c r="J38" s="6">
         <v>2.7</v>
       </c>
       <c r="K38" s="6">
         <v>60.8</v>
       </c>
       <c r="L38" s="6">
         <v>2.4</v>
       </c>
       <c r="M38" s="6">
         <v>63.7</v>
       </c>
       <c r="N38" s="6">
         <v>2.3</v>
       </c>
       <c r="O38" s="6">
         <v>36.0</v>
       </c>
       <c r="P38" s="6">
         <v>0.7</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" s="5"/>
       <c r="B39" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C39" s="6">
         <v>94.1</v>
       </c>
       <c r="D39" s="6">
         <v>0.7</v>
       </c>
       <c r="E39" s="6">
         <v>58.7</v>
       </c>
       <c r="F39" s="6">
         <v>2.0</v>
       </c>
       <c r="G39" s="6">
         <v>57.6</v>
       </c>
       <c r="H39" s="6">
         <v>2.5</v>
       </c>
       <c r="I39" s="6">
         <v>39.5</v>
       </c>
       <c r="J39" s="6">
         <v>2.7</v>
       </c>
       <c r="K39" s="6">
         <v>38.9</v>
       </c>
       <c r="L39" s="6">
         <v>2.4</v>
       </c>
       <c r="M39" s="6">
         <v>36.3</v>
       </c>
       <c r="N39" s="6">
         <v>2.3</v>
       </c>
       <c r="O39" s="6">
         <v>63.9</v>
       </c>
       <c r="P39" s="6">
         <v>0.7</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" s="5"/>
       <c r="B40" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C40" s="6">
         <v>100.0</v>
       </c>
       <c r="D40" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E40" s="6">
         <v>100.0</v>
       </c>
       <c r="F40" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G40" s="6">
         <v>100.0</v>
       </c>
       <c r="H40" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I40" s="6">
         <v>100.0</v>
       </c>
       <c r="J40" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K40" s="6">
         <v>100.0</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M40" s="6">
         <v>100.0</v>
       </c>
       <c r="N40" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O40" s="6">
         <v>100.0</v>
       </c>
       <c r="P40" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="41" spans="1:16" customHeight="1" ht="21.75">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1402489/584262</t>
           </r>
         </is>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
       <c r="L41" s="3"/>
       <c r="M41" s="3"/>
       <c r="N41" s="3"/>
       <c r="O41" s="3"/>
       <c r="P41" s="3"/>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proportion of forest plots</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:16" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Exposition (5 Klassen)</t>
+            <t xml:space="preserve">aspect (5 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1033</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:16" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Spuren von Schneebewegungen</t>
+            <t xml:space="preserve">traces of snow movement</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1044</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:16" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:16" customHeight="1" ht="29">
       <c r="A54" s="1" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:16" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:16" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>
     <mergeCell ref="A3:P3"/>
     <mergeCell ref="A4:P4"/>
     <mergeCell ref="A5:P5"/>
     <mergeCell ref="A6:P6"/>
     <mergeCell ref="A7:P7"/>
     <mergeCell ref="A8:P8"/>
     <mergeCell ref="C10:P10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="I11:J11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="M11:N11"/>
     <mergeCell ref="O11:P11"/>
     <mergeCell ref="A13:A16"/>
     <mergeCell ref="A17:A20"/>
     <mergeCell ref="A21:A24"/>
     <mergeCell ref="A25:A28"/>
     <mergeCell ref="A29:A32"/>