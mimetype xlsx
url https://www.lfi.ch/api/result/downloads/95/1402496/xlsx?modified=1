--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,394 +14,394 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>aspect (5 classes) · traces of snow movement</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proportion de placettes en forêt</t>
+  </si>
+  <si>
+    <t>exposition (5 classes) · traces de mouvements de la neige</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">: région biogéographique</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>biogeographical region</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région biogéographique</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>Northern Alps</t>
-[...17 lines deleted...]
-    <t>traces of snow movement</t>
+    <t>nord des Alpes</t>
+  </si>
+  <si>
+    <t>ouest des Alpes centrales</t>
+  </si>
+  <si>
+    <t>est des Alpes centrales</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>exposition (5 classes)</t>
+  </si>
+  <si>
+    <t>traces de mouvements de la neige</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>present</t>
-[...2 lines deleted...]
-    <t>not present</t>
+    <t>présentes</t>
+  </si>
+  <si>
+    <t>absentes</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>indetermined</t>
+    <t>indeterminée</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
-    <t>W</t>
+    <t>O</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1402496/584269</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">proportion de placettes en forêt</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Proportion de placettes d'échantillonnage qui correspondent à la définition IFN de la forêt, c'est-à-dire qui sont couvertes par de la «forêt sans la forêt buissonnante» ou de la «forêt buissonnante».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">aspect (5 classes)</t>
+      <t xml:space="preserve">exposition (5 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1033</t>
     </r>
   </si>
   <si>
-    <t>Aspect, classified into the following five classes: North, East, South, West and indeterminate. «Indeterminate» means that the slope is ≤10%. Reference: Field Survey (MID 191: Azimut der Exposition)</t>
+    <t>Exposition selon les cinq classes suivantes: nord, est, sud, ouest et indéterminée. «Indéterminée» signifie que la pente est ≤10%. Source: relevé de terrain (MID 191: Azimut der Exposition)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">traces of snow movement</t>
+      <t xml:space="preserve">traces de mouvements de la neige</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1044</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without traces of snow movement, i.e. snow creep, snow sliding or avalanches on the interpretation area (50 × 50 m). Reference: Field Survey (MID 202: langsame Schneebewegung und MID 400: Lawinenspuren)</t>
+    <t>Placettes d'échantillonnage avec/sans traces de mouvements de la neige, c'est-à-dire de reptation, de glissement ou d'avalanche sur la surface d'interprétation (50 x 50 m). Source: relevé de terrain (MID 202: langsame Schneebewegung und MID 400: Lawinenspuren)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">région biogéographique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Découpage de la Suisse en six régions avec une flore et une faune similaires. Les six régions correspondent au découpage de base selon le document «Les régions biogéographiques de la Suisse», publié par l'OFEV en 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -753,52 +753,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="30.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="29.279" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2284,270 +2284,270 @@
         <v>100.0</v>
       </c>
       <c r="N40" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O40" s="6">
         <v>100.0</v>
       </c>
       <c r="P40" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="41" spans="1:16" customHeight="1" ht="21.75">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1402496/584269</t>
           </r>
         </is>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
       <c r="L41" s="3"/>
       <c r="M41" s="3"/>
       <c r="N41" s="3"/>
       <c r="O41" s="3"/>
       <c r="P41" s="3"/>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">proportion de placettes en forêt</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:16" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">aspect (5 classes)</t>
+            <t xml:space="preserve">exposition (5 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1033</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:16" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">traces of snow movement</t>
+            <t xml:space="preserve">traces de mouvements de la neige</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1044</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:16" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">région biogéographique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:16" customHeight="1" ht="29">
       <c r="A54" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:16" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:16" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>