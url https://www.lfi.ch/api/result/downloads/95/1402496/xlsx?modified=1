--- v1 (2026-01-23)
+++ v2 (2026-01-24)
@@ -12,396 +12,399 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
-[...7 lines deleted...]
-    <t>exposition (5 classes) · traces de mouvements de la neige</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+  <si>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Anteil Waldprobeflächen</t>
+  </si>
+  <si>
+    <t>Exposition (5 Klassen) · Spuren von Schneebewegungen</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: région biogéographique</t>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, total de colonne</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
-[...2 lines deleted...]
-    <t>région biogéographique</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...20 lines deleted...]
-    <t>traces de mouvements de la neige</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Exposition (5 Klassen)</t>
+  </si>
+  <si>
+    <t>Spuren von Schneebewegungen</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>keine Angabe</t>
+  </si>
+  <si>
+    <t>Wert nicht ermittelt</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>présentes</t>
-[...8 lines deleted...]
-    <t>indeterminée</t>
+    <t>vorhanden</t>
+  </si>
+  <si>
+    <t>nicht vorhanden</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>unbestimmt</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
-    <t>E</t>
+    <t>O</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
-    <t>O</t>
+    <t>W</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1402496/584269</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion de placettes en forêt</t>
+      <t xml:space="preserve">Anteil Waldprobeflächen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion de placettes d'échantillonnage qui correspondent à la définition IFN de la forêt, c'est-à-dire qui sont couvertes par de la «forêt sans la forêt buissonnante» ou de la «forêt buissonnante».</t>
+    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">exposition (5 classes)</t>
+      <t xml:space="preserve">Exposition (5 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1033</t>
     </r>
   </si>
   <si>
-    <t>Exposition selon les cinq classes suivantes: nord, est, sud, ouest et indéterminée. «Indéterminée» signifie que la pente est ≤10%. Source: relevé de terrain (MID 191: Azimut der Exposition)</t>
+    <t>Exposition gemäss folgenden fünf Klassen: Nord, Ost, Süd, West und unbestimmt. «Unbestimmt» bedeutet, dass die Hangneigung ≤10% beträgt. Grundlage: Feldaufnahme (MID 191: Azimut der Exposition)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">traces de mouvements de la neige</t>
+      <t xml:space="preserve">Spuren von Schneebewegungen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1044</t>
     </r>
   </si>
   <si>
-    <t>Placettes d'échantillonnage avec/sans traces de mouvements de la neige, c'est-à-dire de reptation, de glissement ou d'avalanche sur la surface d'interprétation (50 x 50 m). Source: relevé de terrain (MID 202: langsame Schneebewegung und MID 400: Lawinenspuren)</t>
+    <t>Probeflächen mit/ohne Spuren von Schneebewegungen, d.h. von Schneekriechen, Schneegleiten oder Lawinen auf der Interpretationsfläche (50 × 50 m). Grundlage: Feldaufnahme (MID 202: langsame Schneebewegung und MID 400: Lawinenspuren)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région biogéographique</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en six régions avec une flore et une faune similaires. Les six régions correspondent au découpage de base selon le document «Les régions biogéographiques de la Suisse», publié par l'OFEV en 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -754,51 +757,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="29.279" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -918,1655 +921,1655 @@
       </c>
       <c r="K12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P12" s="4" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C13" s="6">
         <v>0.0</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E13" s="6">
         <v>0.0</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G13" s="6">
         <v>0.0</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I13" s="6">
         <v>0.0</v>
       </c>
       <c r="J13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K13" s="6">
         <v>0.0</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M13" s="6">
         <v>0.0</v>
       </c>
       <c r="N13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O13" s="6">
         <v>0.0</v>
       </c>
       <c r="P13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" s="5"/>
       <c r="B14" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C14" s="6">
         <v>0.0</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E14" s="6">
         <v>0.0</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G14" s="6">
         <v>0.0</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I14" s="6">
         <v>0.0</v>
       </c>
       <c r="J14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K14" s="6">
         <v>0.0</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M14" s="6">
         <v>0.0</v>
       </c>
       <c r="N14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O14" s="6">
         <v>0.0</v>
       </c>
       <c r="P14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" s="5"/>
       <c r="B15" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C15" s="6">
         <v>0.0</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E15" s="6">
         <v>0.0</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G15" s="6">
         <v>0.1</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I15" s="6">
         <v>0.0</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K15" s="6">
         <v>0.0</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M15" s="6">
         <v>0.2</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O15" s="6">
         <v>0.1</v>
       </c>
       <c r="P15" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" s="5"/>
       <c r="B16" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C16" s="6">
         <v>0.0</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E16" s="6">
         <v>0.0</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G16" s="6">
         <v>0.1</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I16" s="6">
         <v>0.0</v>
       </c>
       <c r="J16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K16" s="6">
         <v>0.0</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M16" s="6">
         <v>0.2</v>
       </c>
       <c r="N16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O16" s="6">
         <v>0.1</v>
       </c>
       <c r="P16" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C17" s="6">
         <v>0.0</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E17" s="6">
         <v>0.0</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G17" s="6">
         <v>0.0</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I17" s="6">
         <v>0.0</v>
       </c>
       <c r="J17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K17" s="6">
         <v>0.0</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M17" s="6">
         <v>0.0</v>
       </c>
       <c r="N17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O17" s="6">
         <v>0.0</v>
       </c>
       <c r="P17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" s="5"/>
       <c r="B18" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C18" s="6">
         <v>0.2</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E18" s="6">
         <v>0.2</v>
       </c>
       <c r="F18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G18" s="6">
         <v>0.0</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I18" s="6">
         <v>0.0</v>
       </c>
       <c r="J18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K18" s="6">
         <v>0.2</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M18" s="6">
         <v>0.0</v>
       </c>
       <c r="N18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O18" s="6">
         <v>0.1</v>
       </c>
       <c r="P18" s="6">
         <v>0.1</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" s="5"/>
       <c r="B19" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C19" s="6">
         <v>8.1</v>
       </c>
       <c r="D19" s="6">
         <v>1.2</v>
       </c>
       <c r="E19" s="6">
         <v>37.4</v>
       </c>
       <c r="F19" s="6">
         <v>1.8</v>
       </c>
       <c r="G19" s="6">
         <v>2.2</v>
       </c>
       <c r="H19" s="6">
         <v>0.5</v>
       </c>
       <c r="I19" s="6">
         <v>1.3</v>
       </c>
       <c r="J19" s="6">
         <v>0.6</v>
       </c>
       <c r="K19" s="6">
         <v>1.6</v>
       </c>
       <c r="L19" s="6">
         <v>0.6</v>
       </c>
       <c r="M19" s="6">
         <v>0.6</v>
       </c>
       <c r="N19" s="6">
         <v>0.4</v>
       </c>
       <c r="O19" s="6">
         <v>10.2</v>
       </c>
       <c r="P19" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" s="5"/>
       <c r="B20" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C20" s="6">
         <v>8.3</v>
       </c>
       <c r="D20" s="6">
         <v>1.2</v>
       </c>
       <c r="E20" s="6">
         <v>37.5</v>
       </c>
       <c r="F20" s="6">
         <v>1.8</v>
       </c>
       <c r="G20" s="6">
         <v>2.2</v>
       </c>
       <c r="H20" s="6">
         <v>0.5</v>
       </c>
       <c r="I20" s="6">
         <v>1.3</v>
       </c>
       <c r="J20" s="6">
         <v>0.6</v>
       </c>
       <c r="K20" s="6">
         <v>1.8</v>
       </c>
       <c r="L20" s="6">
         <v>0.6</v>
       </c>
       <c r="M20" s="6">
         <v>0.6</v>
       </c>
       <c r="N20" s="6">
         <v>0.4</v>
       </c>
       <c r="O20" s="6">
         <v>10.3</v>
       </c>
       <c r="P20" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C21" s="6">
         <v>0.0</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E21" s="6">
         <v>0.0</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G21" s="6">
         <v>0.0</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I21" s="6">
         <v>0.0</v>
       </c>
       <c r="J21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K21" s="6">
         <v>0.2</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M21" s="6">
         <v>0.0</v>
       </c>
       <c r="N21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O21" s="6">
         <v>0.0</v>
       </c>
       <c r="P21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" s="5"/>
       <c r="B22" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C22" s="6">
         <v>4.7</v>
       </c>
       <c r="D22" s="6">
         <v>0.9</v>
       </c>
       <c r="E22" s="6">
         <v>0.9</v>
       </c>
       <c r="F22" s="6">
         <v>0.3</v>
       </c>
       <c r="G22" s="6">
         <v>13.6</v>
       </c>
       <c r="H22" s="6">
         <v>1.1</v>
       </c>
       <c r="I22" s="6">
         <v>16.7</v>
       </c>
       <c r="J22" s="6">
         <v>2.1</v>
       </c>
       <c r="K22" s="6">
         <v>16.4</v>
       </c>
       <c r="L22" s="6">
         <v>1.8</v>
       </c>
       <c r="M22" s="6">
         <v>16.1</v>
       </c>
       <c r="N22" s="6">
         <v>1.7</v>
       </c>
       <c r="O22" s="6">
         <v>10.5</v>
       </c>
       <c r="P22" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" s="5"/>
       <c r="B23" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C23" s="6">
         <v>23.2</v>
       </c>
       <c r="D23" s="6">
         <v>1.8</v>
       </c>
       <c r="E23" s="6">
         <v>22.2</v>
       </c>
       <c r="F23" s="6">
         <v>1.5</v>
       </c>
       <c r="G23" s="6">
         <v>16.4</v>
       </c>
       <c r="H23" s="6">
         <v>1.2</v>
       </c>
       <c r="I23" s="6">
         <v>9.9</v>
       </c>
       <c r="J23" s="6">
         <v>1.7</v>
       </c>
       <c r="K23" s="6">
         <v>10.6</v>
       </c>
       <c r="L23" s="6">
         <v>1.4</v>
       </c>
       <c r="M23" s="6">
         <v>7.3</v>
       </c>
       <c r="N23" s="6">
         <v>1.2</v>
       </c>
       <c r="O23" s="6">
         <v>16.1</v>
       </c>
       <c r="P23" s="6">
         <v>0.6</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" s="5"/>
       <c r="B24" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C24" s="6">
         <v>27.9</v>
       </c>
       <c r="D24" s="6">
         <v>1.9</v>
       </c>
       <c r="E24" s="6">
         <v>23.1</v>
       </c>
       <c r="F24" s="6">
         <v>1.6</v>
       </c>
       <c r="G24" s="6">
         <v>30.0</v>
       </c>
       <c r="H24" s="6">
         <v>1.5</v>
       </c>
       <c r="I24" s="6">
         <v>26.7</v>
       </c>
       <c r="J24" s="6">
         <v>2.5</v>
       </c>
       <c r="K24" s="6">
         <v>27.2</v>
       </c>
       <c r="L24" s="6">
         <v>2.1</v>
       </c>
       <c r="M24" s="6">
         <v>23.4</v>
       </c>
       <c r="N24" s="6">
         <v>1.9</v>
       </c>
       <c r="O24" s="6">
         <v>26.6</v>
       </c>
       <c r="P24" s="6">
         <v>0.8</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C25" s="6">
         <v>0.0</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E25" s="6">
         <v>0.0</v>
       </c>
       <c r="F25" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G25" s="6">
         <v>0.0</v>
       </c>
       <c r="H25" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I25" s="6">
         <v>0.0</v>
       </c>
       <c r="J25" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K25" s="6">
         <v>0.0</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M25" s="6">
         <v>0.0</v>
       </c>
       <c r="N25" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O25" s="6">
         <v>0.0</v>
       </c>
       <c r="P25" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" s="5"/>
       <c r="B26" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C26" s="6">
         <v>1.7</v>
       </c>
       <c r="D26" s="6">
         <v>0.6</v>
       </c>
       <c r="E26" s="6">
         <v>0.7</v>
       </c>
       <c r="F26" s="6">
         <v>0.3</v>
       </c>
       <c r="G26" s="6">
         <v>9.2</v>
       </c>
       <c r="H26" s="6">
         <v>0.9</v>
       </c>
       <c r="I26" s="6">
         <v>13.6</v>
       </c>
       <c r="J26" s="6">
         <v>1.9</v>
       </c>
       <c r="K26" s="6">
         <v>16.5</v>
       </c>
       <c r="L26" s="6">
         <v>1.8</v>
       </c>
       <c r="M26" s="6">
         <v>17.7</v>
       </c>
       <c r="N26" s="6">
         <v>1.8</v>
       </c>
       <c r="O26" s="6">
         <v>8.7</v>
       </c>
       <c r="P26" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" s="5"/>
       <c r="B27" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C27" s="6">
         <v>18.7</v>
       </c>
       <c r="D27" s="6">
         <v>1.7</v>
       </c>
       <c r="E27" s="6">
         <v>14.4</v>
       </c>
       <c r="F27" s="6">
         <v>1.3</v>
       </c>
       <c r="G27" s="6">
         <v>14.3</v>
       </c>
       <c r="H27" s="6">
         <v>1.1</v>
       </c>
       <c r="I27" s="6">
         <v>9.3</v>
       </c>
       <c r="J27" s="6">
         <v>1.7</v>
       </c>
       <c r="K27" s="6">
         <v>9.9</v>
       </c>
       <c r="L27" s="6">
         <v>1.4</v>
       </c>
       <c r="M27" s="6">
         <v>10.9</v>
       </c>
       <c r="N27" s="6">
         <v>1.5</v>
       </c>
       <c r="O27" s="6">
         <v>13.5</v>
       </c>
       <c r="P27" s="6">
         <v>0.6</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" s="5"/>
       <c r="B28" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C28" s="6">
         <v>20.4</v>
       </c>
       <c r="D28" s="6">
         <v>1.7</v>
       </c>
       <c r="E28" s="6">
         <v>15.1</v>
       </c>
       <c r="F28" s="6">
         <v>1.3</v>
       </c>
       <c r="G28" s="6">
         <v>23.5</v>
       </c>
       <c r="H28" s="6">
         <v>1.4</v>
       </c>
       <c r="I28" s="6">
         <v>22.9</v>
       </c>
       <c r="J28" s="6">
         <v>2.4</v>
       </c>
       <c r="K28" s="6">
         <v>26.4</v>
       </c>
       <c r="L28" s="6">
         <v>2.1</v>
       </c>
       <c r="M28" s="6">
         <v>28.6</v>
       </c>
       <c r="N28" s="6">
         <v>2.1</v>
       </c>
       <c r="O28" s="6">
         <v>22.2</v>
       </c>
       <c r="P28" s="6">
         <v>0.7</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C29" s="6">
         <v>0.0</v>
       </c>
       <c r="D29" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E29" s="6">
         <v>0.0</v>
       </c>
       <c r="F29" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G29" s="6">
         <v>0.0</v>
       </c>
       <c r="H29" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I29" s="6">
         <v>0.0</v>
       </c>
       <c r="J29" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K29" s="6">
         <v>0.0</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M29" s="6">
         <v>0.0</v>
       </c>
       <c r="N29" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O29" s="6">
         <v>0.0</v>
       </c>
       <c r="P29" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" s="5"/>
       <c r="B30" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C30" s="6">
         <v>3.1</v>
       </c>
       <c r="D30" s="6">
         <v>0.7</v>
       </c>
       <c r="E30" s="6">
         <v>0.3</v>
       </c>
       <c r="F30" s="6">
         <v>0.2</v>
       </c>
       <c r="G30" s="6">
         <v>9.2</v>
       </c>
       <c r="H30" s="6">
         <v>0.9</v>
       </c>
       <c r="I30" s="6">
         <v>13.3</v>
       </c>
       <c r="J30" s="6">
         <v>1.9</v>
       </c>
       <c r="K30" s="6">
         <v>12.0</v>
       </c>
       <c r="L30" s="6">
         <v>1.6</v>
       </c>
       <c r="M30" s="6">
         <v>15.1</v>
       </c>
       <c r="N30" s="6">
         <v>1.6</v>
       </c>
       <c r="O30" s="6">
         <v>7.9</v>
       </c>
       <c r="P30" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" s="5"/>
       <c r="B31" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C31" s="6">
         <v>25.5</v>
       </c>
       <c r="D31" s="6">
         <v>1.9</v>
       </c>
       <c r="E31" s="6">
         <v>9.8</v>
       </c>
       <c r="F31" s="6">
         <v>1.1</v>
       </c>
       <c r="G31" s="6">
         <v>10.3</v>
       </c>
       <c r="H31" s="6">
         <v>1.0</v>
       </c>
       <c r="I31" s="6">
         <v>8.1</v>
       </c>
       <c r="J31" s="6">
         <v>1.6</v>
       </c>
       <c r="K31" s="6">
         <v>7.5</v>
       </c>
       <c r="L31" s="6">
         <v>1.3</v>
       </c>
       <c r="M31" s="6">
         <v>7.4</v>
       </c>
       <c r="N31" s="6">
         <v>1.2</v>
       </c>
       <c r="O31" s="6">
         <v>11.6</v>
       </c>
       <c r="P31" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" s="5"/>
       <c r="B32" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C32" s="6">
         <v>28.6</v>
       </c>
       <c r="D32" s="6">
         <v>1.9</v>
       </c>
       <c r="E32" s="6">
         <v>10.1</v>
       </c>
       <c r="F32" s="6">
         <v>1.1</v>
       </c>
       <c r="G32" s="6">
         <v>19.6</v>
       </c>
       <c r="H32" s="6">
         <v>1.3</v>
       </c>
       <c r="I32" s="6">
         <v>21.4</v>
       </c>
       <c r="J32" s="6">
         <v>2.3</v>
       </c>
       <c r="K32" s="6">
         <v>19.5</v>
       </c>
       <c r="L32" s="6">
         <v>1.9</v>
       </c>
       <c r="M32" s="6">
         <v>22.4</v>
       </c>
       <c r="N32" s="6">
         <v>1.9</v>
       </c>
       <c r="O32" s="6">
         <v>19.5</v>
       </c>
       <c r="P32" s="6">
         <v>0.7</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C33" s="6">
         <v>0.0</v>
       </c>
       <c r="D33" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E33" s="6">
         <v>0.0</v>
       </c>
       <c r="F33" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G33" s="6">
         <v>0.0</v>
       </c>
       <c r="H33" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I33" s="6">
         <v>0.0</v>
       </c>
       <c r="J33" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K33" s="6">
         <v>0.0</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M33" s="6">
         <v>0.0</v>
       </c>
       <c r="N33" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O33" s="6">
         <v>0.0</v>
       </c>
       <c r="P33" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" s="5"/>
       <c r="B34" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C34" s="6">
         <v>1.6</v>
       </c>
       <c r="D34" s="6">
         <v>0.5</v>
       </c>
       <c r="E34" s="6">
         <v>0.6</v>
       </c>
       <c r="F34" s="6">
         <v>0.3</v>
       </c>
       <c r="G34" s="6">
         <v>13.0</v>
       </c>
       <c r="H34" s="6">
         <v>1.1</v>
       </c>
       <c r="I34" s="6">
         <v>17.6</v>
       </c>
       <c r="J34" s="6">
         <v>2.2</v>
       </c>
       <c r="K34" s="6">
         <v>16.5</v>
       </c>
       <c r="L34" s="6">
         <v>1.8</v>
       </c>
       <c r="M34" s="6">
         <v>15.7</v>
       </c>
       <c r="N34" s="6">
         <v>1.7</v>
       </c>
       <c r="O34" s="6">
         <v>9.8</v>
       </c>
       <c r="P34" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" s="5"/>
       <c r="B35" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C35" s="6">
         <v>13.1</v>
       </c>
       <c r="D35" s="6">
         <v>1.5</v>
       </c>
       <c r="E35" s="6">
         <v>13.7</v>
       </c>
       <c r="F35" s="6">
         <v>1.3</v>
       </c>
       <c r="G35" s="6">
         <v>11.6</v>
       </c>
       <c r="H35" s="6">
         <v>1.1</v>
       </c>
       <c r="I35" s="6">
         <v>10.1</v>
       </c>
       <c r="J35" s="6">
         <v>1.7</v>
       </c>
       <c r="K35" s="6">
         <v>8.6</v>
       </c>
       <c r="L35" s="6">
         <v>1.3</v>
       </c>
       <c r="M35" s="6">
         <v>9.0</v>
       </c>
       <c r="N35" s="6">
         <v>1.3</v>
       </c>
       <c r="O35" s="6">
         <v>11.4</v>
       </c>
       <c r="P35" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" s="5"/>
       <c r="B36" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C36" s="6">
         <v>14.8</v>
       </c>
       <c r="D36" s="6">
         <v>1.5</v>
       </c>
       <c r="E36" s="6">
         <v>14.2</v>
       </c>
       <c r="F36" s="6">
         <v>1.3</v>
       </c>
       <c r="G36" s="6">
         <v>24.6</v>
       </c>
       <c r="H36" s="6">
         <v>1.4</v>
       </c>
       <c r="I36" s="6">
         <v>27.7</v>
       </c>
       <c r="J36" s="6">
         <v>2.6</v>
       </c>
       <c r="K36" s="6">
         <v>25.1</v>
       </c>
       <c r="L36" s="6">
         <v>2.1</v>
       </c>
       <c r="M36" s="6">
         <v>24.8</v>
       </c>
       <c r="N36" s="6">
         <v>2.0</v>
       </c>
       <c r="O36" s="6">
         <v>21.2</v>
       </c>
       <c r="P36" s="6">
         <v>0.7</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C37" s="6">
         <v>0.0</v>
       </c>
       <c r="D37" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E37" s="6">
         <v>0.0</v>
       </c>
       <c r="F37" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G37" s="6">
         <v>0.0</v>
       </c>
       <c r="H37" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I37" s="6">
         <v>0.0</v>
       </c>
       <c r="J37" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K37" s="6">
         <v>0.2</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M37" s="6">
         <v>0.0</v>
       </c>
       <c r="N37" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O37" s="6">
         <v>0.0</v>
       </c>
       <c r="P37" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" s="5"/>
       <c r="B38" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C38" s="6">
         <v>11.3</v>
       </c>
       <c r="D38" s="6">
         <v>1.4</v>
       </c>
       <c r="E38" s="6">
         <v>2.5</v>
       </c>
       <c r="F38" s="6">
         <v>0.6</v>
       </c>
       <c r="G38" s="6">
         <v>45.0</v>
       </c>
       <c r="H38" s="6">
         <v>1.6</v>
       </c>
       <c r="I38" s="6">
         <v>61.2</v>
       </c>
       <c r="J38" s="6">
         <v>2.8</v>
       </c>
       <c r="K38" s="6">
         <v>61.7</v>
       </c>
       <c r="L38" s="6">
         <v>2.3</v>
       </c>
       <c r="M38" s="6">
         <v>64.6</v>
       </c>
       <c r="N38" s="6">
         <v>2.2</v>
       </c>
       <c r="O38" s="6">
         <v>36.9</v>
       </c>
       <c r="P38" s="6">
         <v>0.7</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" s="5"/>
       <c r="B39" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C39" s="6">
         <v>88.7</v>
       </c>
       <c r="D39" s="6">
         <v>1.4</v>
       </c>
       <c r="E39" s="6">
         <v>97.5</v>
       </c>
       <c r="F39" s="6">
         <v>0.6</v>
       </c>
       <c r="G39" s="6">
         <v>55.0</v>
       </c>
       <c r="H39" s="6">
         <v>1.6</v>
       </c>
       <c r="I39" s="6">
         <v>38.8</v>
       </c>
       <c r="J39" s="6">
         <v>2.8</v>
       </c>
       <c r="K39" s="6">
         <v>38.1</v>
       </c>
       <c r="L39" s="6">
         <v>2.3</v>
       </c>
       <c r="M39" s="6">
         <v>35.4</v>
       </c>
       <c r="N39" s="6">
         <v>2.2</v>
       </c>
       <c r="O39" s="6">
         <v>63.0</v>
       </c>
       <c r="P39" s="6">
         <v>0.7</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" s="5"/>
       <c r="B40" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C40" s="6">
         <v>100.0</v>
       </c>
       <c r="D40" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E40" s="6">
         <v>100.0</v>
       </c>
       <c r="F40" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G40" s="6">
         <v>100.0</v>
       </c>
       <c r="H40" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I40" s="6">
         <v>100.0</v>
       </c>
       <c r="J40" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K40" s="6">
         <v>100.0</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M40" s="6">
         <v>100.0</v>
       </c>
       <c r="N40" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O40" s="6">
         <v>100.0</v>
       </c>
       <c r="P40" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="41" spans="1:16" customHeight="1" ht="21.75">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1402496/584269</t>
           </r>
         </is>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
       <c r="L41" s="3"/>
       <c r="M41" s="3"/>
       <c r="N41" s="3"/>
       <c r="O41" s="3"/>
       <c r="P41" s="3"/>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion de placettes en forêt</t>
+            <t xml:space="preserve">Anteil Waldprobeflächen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:16" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">exposition (5 classes)</t>
+            <t xml:space="preserve">Exposition (5 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1033</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:16" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">traces de mouvements de la neige</t>
+            <t xml:space="preserve">Spuren von Schneebewegungen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1044</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:16" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région biogéographique</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:16" customHeight="1" ht="29">
       <c r="A54" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:16" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:16" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>
     <mergeCell ref="A3:P3"/>
     <mergeCell ref="A4:P4"/>
     <mergeCell ref="A5:P5"/>
     <mergeCell ref="A6:P6"/>
     <mergeCell ref="A7:P7"/>
     <mergeCell ref="A8:P8"/>
     <mergeCell ref="C10:P10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="I11:J11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="M11:N11"/>
     <mergeCell ref="O11:P11"/>
     <mergeCell ref="A13:A16"/>
     <mergeCell ref="A17:A20"/>
     <mergeCell ref="A21:A24"/>
     <mergeCell ref="A25:A28"/>
     <mergeCell ref="A29:A32"/>