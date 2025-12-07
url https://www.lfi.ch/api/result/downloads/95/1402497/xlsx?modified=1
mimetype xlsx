--- v0 (2025-10-10)
+++ v1 (2025-12-07)
@@ -12,393 +12,396 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
-[...7 lines deleted...]
-    <t>aspect (5 classes) · traces of snow movement</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
+  <si>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Anteil Waldprobeflächen</t>
+  </si>
+  <si>
+    <t>Exposition (5 Klassen) · Spuren von Schneebewegungen</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>production region</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...17 lines deleted...]
-    <t>traces of snow movement</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Exposition (5 Klassen)</t>
+  </si>
+  <si>
+    <t>Spuren von Schneebewegungen</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
+  </si>
+  <si>
+    <t>Wert nicht ermittelt</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>present</t>
-[...8 lines deleted...]
-    <t>indetermined</t>
+    <t>vorhanden</t>
+  </si>
+  <si>
+    <t>nicht vorhanden</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>unbestimmt</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
-    <t>E</t>
+    <t>O</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>W</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1402497/584270</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">Anteil Waldprobeflächen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">aspect (5 classes)</t>
+      <t xml:space="preserve">Exposition (5 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1033</t>
     </r>
   </si>
   <si>
-    <t>Aspect, classified into the following five classes: North, East, South, West and indeterminate. «Indeterminate» means that the slope is ≤10%. Reference: Field Survey (MID 191: Azimut der Exposition)</t>
+    <t>Exposition gemäss folgenden fünf Klassen: Nord, Ost, Süd, West und unbestimmt. «Unbestimmt» bedeutet, dass die Hangneigung ≤10% beträgt. Grundlage: Feldaufnahme (MID 191: Azimut der Exposition)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">traces of snow movement</t>
+      <t xml:space="preserve">Spuren von Schneebewegungen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1044</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without traces of snow movement, i.e. snow creep, snow sliding or avalanches on the interpretation area (50 × 50 m). Reference: Field Survey (MID 202: langsame Schneebewegung und MID 400: Lawinenspuren)</t>
+    <t>Probeflächen mit/ohne Spuren von Schneebewegungen, d.h. von Schneekriechen, Schneegleiten oder Lawinen auf der Interpretationsfläche (50 × 50 m). Grundlage: Feldaufnahme (MID 202: langsame Schneebewegung und MID 400: Lawinenspuren)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -750,52 +753,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="30.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="29.279" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -901,1485 +904,1485 @@
       </c>
       <c r="I12" s="4" t="s">
         <v>17</v>
       </c>
       <c r="J12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>17</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>17</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C13" s="6">
         <v>0.0</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E13" s="6">
         <v>0.0</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G13" s="6">
         <v>0.0</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="I13" s="6">
         <v>0.0</v>
       </c>
       <c r="J13" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K13" s="6">
         <v>0.0</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M13" s="6">
         <v>0.0</v>
       </c>
       <c r="N13" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="5"/>
       <c r="B14" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C14" s="6">
         <v>0.0</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E14" s="6">
         <v>0.0</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G14" s="6">
         <v>0.0</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="I14" s="6">
         <v>0.0</v>
       </c>
       <c r="J14" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K14" s="6">
         <v>0.0</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M14" s="6">
         <v>0.0</v>
       </c>
       <c r="N14" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="5"/>
       <c r="B15" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C15" s="6">
         <v>0.0</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E15" s="6">
         <v>0.0</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G15" s="6">
         <v>0.0</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="I15" s="6">
         <v>0.1</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K15" s="6">
         <v>0.2</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M15" s="6">
         <v>0.1</v>
       </c>
       <c r="N15" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="5"/>
       <c r="B16" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C16" s="6">
         <v>0.0</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E16" s="6">
         <v>0.0</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G16" s="6">
         <v>0.0</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="I16" s="6">
         <v>0.1</v>
       </c>
       <c r="J16" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K16" s="6">
         <v>0.2</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M16" s="6">
         <v>0.1</v>
       </c>
       <c r="N16" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C17" s="6">
         <v>0.0</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E17" s="6">
         <v>0.0</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G17" s="6">
         <v>0.0</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="I17" s="6">
         <v>0.0</v>
       </c>
       <c r="J17" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K17" s="6">
         <v>0.0</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M17" s="6">
         <v>0.0</v>
       </c>
       <c r="N17" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="5"/>
       <c r="B18" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C18" s="6">
         <v>0.2</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E18" s="6">
         <v>0.0</v>
       </c>
       <c r="F18" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G18" s="6">
         <v>0.2</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="I18" s="6">
         <v>0.1</v>
       </c>
       <c r="J18" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K18" s="6">
         <v>0.0</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M18" s="6">
         <v>0.1</v>
       </c>
       <c r="N18" s="6">
         <v>0.1</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="5"/>
       <c r="B19" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C19" s="6">
         <v>11.6</v>
       </c>
       <c r="D19" s="6">
         <v>1.4</v>
       </c>
       <c r="E19" s="6">
         <v>37.9</v>
       </c>
       <c r="F19" s="6">
         <v>1.9</v>
       </c>
       <c r="G19" s="6">
         <v>3.5</v>
       </c>
       <c r="H19" s="6">
         <v>0.8</v>
       </c>
       <c r="I19" s="6">
         <v>1.6</v>
       </c>
       <c r="J19" s="6">
         <v>0.4</v>
       </c>
       <c r="K19" s="6">
         <v>0.4</v>
       </c>
       <c r="L19" s="6">
         <v>0.3</v>
       </c>
       <c r="M19" s="6">
         <v>10.2</v>
       </c>
       <c r="N19" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="5"/>
       <c r="B20" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C20" s="6">
         <v>11.7</v>
       </c>
       <c r="D20" s="6">
         <v>1.4</v>
       </c>
       <c r="E20" s="6">
         <v>37.9</v>
       </c>
       <c r="F20" s="6">
         <v>1.9</v>
       </c>
       <c r="G20" s="6">
         <v>3.7</v>
       </c>
       <c r="H20" s="6">
         <v>0.8</v>
       </c>
       <c r="I20" s="6">
         <v>1.7</v>
       </c>
       <c r="J20" s="6">
         <v>0.4</v>
       </c>
       <c r="K20" s="6">
         <v>0.4</v>
       </c>
       <c r="L20" s="6">
         <v>0.3</v>
       </c>
       <c r="M20" s="6">
         <v>10.3</v>
       </c>
       <c r="N20" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C21" s="6">
         <v>0.0</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E21" s="6">
         <v>0.0</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G21" s="6">
         <v>0.0</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="I21" s="6">
         <v>0.1</v>
       </c>
       <c r="J21" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K21" s="6">
         <v>0.0</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M21" s="6">
         <v>0.0</v>
       </c>
       <c r="N21" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="5"/>
       <c r="B22" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C22" s="6">
         <v>4.5</v>
       </c>
       <c r="D22" s="6">
         <v>0.9</v>
       </c>
       <c r="E22" s="6">
         <v>0.3</v>
       </c>
       <c r="F22" s="6">
         <v>0.2</v>
       </c>
       <c r="G22" s="6">
         <v>9.4</v>
       </c>
       <c r="H22" s="6">
         <v>1.2</v>
       </c>
       <c r="I22" s="6">
         <v>17.6</v>
       </c>
       <c r="J22" s="6">
         <v>1.1</v>
       </c>
       <c r="K22" s="6">
         <v>15.7</v>
       </c>
       <c r="L22" s="6">
         <v>1.7</v>
       </c>
       <c r="M22" s="6">
         <v>10.5</v>
       </c>
       <c r="N22" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="5"/>
       <c r="B23" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C23" s="6">
         <v>24.7</v>
       </c>
       <c r="D23" s="6">
         <v>1.8</v>
       </c>
       <c r="E23" s="6">
         <v>21.0</v>
       </c>
       <c r="F23" s="6">
         <v>1.6</v>
       </c>
       <c r="G23" s="6">
         <v>20.2</v>
       </c>
       <c r="H23" s="6">
         <v>1.6</v>
       </c>
       <c r="I23" s="6">
         <v>10.5</v>
       </c>
       <c r="J23" s="6">
         <v>0.9</v>
       </c>
       <c r="K23" s="6">
         <v>7.1</v>
       </c>
       <c r="L23" s="6">
         <v>1.2</v>
       </c>
       <c r="M23" s="6">
         <v>16.1</v>
       </c>
       <c r="N23" s="6">
         <v>0.6</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="5"/>
       <c r="B24" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C24" s="6">
         <v>29.2</v>
       </c>
       <c r="D24" s="6">
         <v>1.9</v>
       </c>
       <c r="E24" s="6">
         <v>21.3</v>
       </c>
       <c r="F24" s="6">
         <v>1.6</v>
       </c>
       <c r="G24" s="6">
         <v>29.6</v>
       </c>
       <c r="H24" s="6">
         <v>1.9</v>
       </c>
       <c r="I24" s="6">
         <v>28.2</v>
       </c>
       <c r="J24" s="6">
         <v>1.3</v>
       </c>
       <c r="K24" s="6">
         <v>22.8</v>
       </c>
       <c r="L24" s="6">
         <v>2.0</v>
       </c>
       <c r="M24" s="6">
         <v>26.6</v>
       </c>
       <c r="N24" s="6">
         <v>0.8</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C25" s="6">
         <v>0.0</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E25" s="6">
         <v>0.0</v>
       </c>
       <c r="F25" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G25" s="6">
         <v>0.0</v>
       </c>
       <c r="H25" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="I25" s="6">
         <v>0.0</v>
       </c>
       <c r="J25" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K25" s="6">
         <v>0.0</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M25" s="6">
         <v>0.0</v>
       </c>
       <c r="N25" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="5"/>
       <c r="B26" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C26" s="6">
         <v>1.6</v>
       </c>
       <c r="D26" s="6">
         <v>0.5</v>
       </c>
       <c r="E26" s="6">
         <v>0.7</v>
       </c>
       <c r="F26" s="6">
         <v>0.3</v>
       </c>
       <c r="G26" s="6">
         <v>6.7</v>
       </c>
       <c r="H26" s="6">
         <v>1.0</v>
       </c>
       <c r="I26" s="6">
         <v>13.9</v>
       </c>
       <c r="J26" s="6">
         <v>1.0</v>
       </c>
       <c r="K26" s="6">
         <v>18.2</v>
       </c>
       <c r="L26" s="6">
         <v>1.8</v>
       </c>
       <c r="M26" s="6">
         <v>8.7</v>
       </c>
       <c r="N26" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="5"/>
       <c r="B27" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C27" s="6">
         <v>17.4</v>
       </c>
       <c r="D27" s="6">
         <v>1.6</v>
       </c>
       <c r="E27" s="6">
         <v>14.9</v>
       </c>
       <c r="F27" s="6">
         <v>1.4</v>
       </c>
       <c r="G27" s="6">
         <v>18.5</v>
       </c>
       <c r="H27" s="6">
         <v>1.6</v>
       </c>
       <c r="I27" s="6">
         <v>9.1</v>
       </c>
       <c r="J27" s="6">
         <v>0.8</v>
       </c>
       <c r="K27" s="6">
         <v>11.4</v>
       </c>
       <c r="L27" s="6">
         <v>1.5</v>
       </c>
       <c r="M27" s="6">
         <v>13.5</v>
       </c>
       <c r="N27" s="6">
         <v>0.6</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="5"/>
       <c r="B28" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C28" s="6">
         <v>19.0</v>
       </c>
       <c r="D28" s="6">
         <v>1.7</v>
       </c>
       <c r="E28" s="6">
         <v>15.6</v>
       </c>
       <c r="F28" s="6">
         <v>1.4</v>
       </c>
       <c r="G28" s="6">
         <v>25.2</v>
       </c>
       <c r="H28" s="6">
         <v>1.7</v>
       </c>
       <c r="I28" s="6">
         <v>23.0</v>
       </c>
       <c r="J28" s="6">
         <v>1.2</v>
       </c>
       <c r="K28" s="6">
         <v>29.6</v>
       </c>
       <c r="L28" s="6">
         <v>2.2</v>
       </c>
       <c r="M28" s="6">
         <v>22.2</v>
       </c>
       <c r="N28" s="6">
         <v>0.7</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C29" s="6">
         <v>0.0</v>
       </c>
       <c r="D29" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E29" s="6">
         <v>0.0</v>
       </c>
       <c r="F29" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G29" s="6">
         <v>0.0</v>
       </c>
       <c r="H29" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="I29" s="6">
         <v>0.0</v>
       </c>
       <c r="J29" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K29" s="6">
         <v>0.0</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M29" s="6">
         <v>0.0</v>
       </c>
       <c r="N29" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="5"/>
       <c r="B30" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C30" s="6">
         <v>2.8</v>
       </c>
       <c r="D30" s="6">
         <v>0.7</v>
       </c>
       <c r="E30" s="6">
         <v>0.3</v>
       </c>
       <c r="F30" s="6">
         <v>0.2</v>
       </c>
       <c r="G30" s="6">
         <v>6.1</v>
       </c>
       <c r="H30" s="6">
         <v>1.0</v>
       </c>
       <c r="I30" s="6">
         <v>12.9</v>
       </c>
       <c r="J30" s="6">
         <v>1.0</v>
       </c>
       <c r="K30" s="6">
         <v>14.8</v>
       </c>
       <c r="L30" s="6">
         <v>1.7</v>
       </c>
       <c r="M30" s="6">
         <v>7.9</v>
       </c>
       <c r="N30" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="5"/>
       <c r="B31" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C31" s="6">
         <v>22.8</v>
       </c>
       <c r="D31" s="6">
         <v>1.8</v>
       </c>
       <c r="E31" s="6">
         <v>11.4</v>
       </c>
       <c r="F31" s="6">
         <v>1.2</v>
       </c>
       <c r="G31" s="6">
         <v>11.3</v>
       </c>
       <c r="H31" s="6">
         <v>1.3</v>
       </c>
       <c r="I31" s="6">
         <v>8.1</v>
       </c>
       <c r="J31" s="6">
         <v>0.8</v>
       </c>
       <c r="K31" s="6">
         <v>7.4</v>
       </c>
       <c r="L31" s="6">
         <v>1.2</v>
       </c>
       <c r="M31" s="6">
         <v>11.6</v>
       </c>
       <c r="N31" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="5"/>
       <c r="B32" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C32" s="6">
         <v>25.7</v>
       </c>
       <c r="D32" s="6">
         <v>1.8</v>
       </c>
       <c r="E32" s="6">
         <v>11.7</v>
       </c>
       <c r="F32" s="6">
         <v>1.3</v>
       </c>
       <c r="G32" s="6">
         <v>17.4</v>
       </c>
       <c r="H32" s="6">
         <v>1.5</v>
       </c>
       <c r="I32" s="6">
         <v>21.0</v>
       </c>
       <c r="J32" s="6">
         <v>1.2</v>
       </c>
       <c r="K32" s="6">
         <v>22.2</v>
       </c>
       <c r="L32" s="6">
         <v>2.0</v>
       </c>
       <c r="M32" s="6">
         <v>19.5</v>
       </c>
       <c r="N32" s="6">
         <v>0.7</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C33" s="6">
         <v>0.0</v>
       </c>
       <c r="D33" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E33" s="6">
         <v>0.0</v>
       </c>
       <c r="F33" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G33" s="6">
         <v>0.0</v>
       </c>
       <c r="H33" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="I33" s="6">
         <v>0.0</v>
       </c>
       <c r="J33" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K33" s="6">
         <v>0.0</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M33" s="6">
         <v>0.0</v>
       </c>
       <c r="N33" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="5"/>
       <c r="B34" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C34" s="6">
         <v>1.6</v>
       </c>
       <c r="D34" s="6">
         <v>0.5</v>
       </c>
       <c r="E34" s="6">
         <v>0.5</v>
       </c>
       <c r="F34" s="6">
         <v>0.3</v>
       </c>
       <c r="G34" s="6">
         <v>9.8</v>
       </c>
       <c r="H34" s="6">
         <v>1.2</v>
       </c>
       <c r="I34" s="6">
         <v>16.7</v>
       </c>
       <c r="J34" s="6">
         <v>1.1</v>
       </c>
       <c r="K34" s="6">
         <v>15.7</v>
       </c>
       <c r="L34" s="6">
         <v>1.7</v>
       </c>
       <c r="M34" s="6">
         <v>9.8</v>
       </c>
       <c r="N34" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="5"/>
       <c r="B35" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C35" s="6">
         <v>12.8</v>
       </c>
       <c r="D35" s="6">
         <v>1.4</v>
       </c>
       <c r="E35" s="6">
         <v>13.0</v>
       </c>
       <c r="F35" s="6">
         <v>1.3</v>
       </c>
       <c r="G35" s="6">
         <v>14.2</v>
       </c>
       <c r="H35" s="6">
         <v>1.4</v>
       </c>
       <c r="I35" s="6">
         <v>9.3</v>
       </c>
       <c r="J35" s="6">
         <v>0.9</v>
       </c>
       <c r="K35" s="6">
         <v>9.0</v>
       </c>
       <c r="L35" s="6">
         <v>1.4</v>
       </c>
       <c r="M35" s="6">
         <v>11.4</v>
       </c>
       <c r="N35" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="5"/>
       <c r="B36" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C36" s="6">
         <v>14.4</v>
       </c>
       <c r="D36" s="6">
         <v>1.5</v>
       </c>
       <c r="E36" s="6">
         <v>13.4</v>
       </c>
       <c r="F36" s="6">
         <v>1.3</v>
       </c>
       <c r="G36" s="6">
         <v>24.1</v>
       </c>
       <c r="H36" s="6">
         <v>1.7</v>
       </c>
       <c r="I36" s="6">
         <v>26.0</v>
       </c>
       <c r="J36" s="6">
         <v>1.3</v>
       </c>
       <c r="K36" s="6">
         <v>24.7</v>
       </c>
       <c r="L36" s="6">
         <v>2.1</v>
       </c>
       <c r="M36" s="6">
         <v>21.2</v>
       </c>
       <c r="N36" s="6">
         <v>0.7</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C37" s="6">
         <v>0.0</v>
       </c>
       <c r="D37" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E37" s="6">
         <v>0.0</v>
       </c>
       <c r="F37" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G37" s="6">
         <v>0.0</v>
       </c>
       <c r="H37" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="I37" s="6">
         <v>0.1</v>
       </c>
       <c r="J37" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K37" s="6">
         <v>0.0</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M37" s="6">
         <v>0.0</v>
       </c>
       <c r="N37" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="5"/>
       <c r="B38" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C38" s="6">
         <v>10.7</v>
       </c>
       <c r="D38" s="6">
         <v>1.3</v>
       </c>
       <c r="E38" s="6">
         <v>1.8</v>
       </c>
       <c r="F38" s="6">
         <v>0.5</v>
       </c>
       <c r="G38" s="6">
         <v>32.3</v>
       </c>
       <c r="H38" s="6">
         <v>1.8</v>
       </c>
       <c r="I38" s="6">
         <v>61.2</v>
       </c>
       <c r="J38" s="6">
         <v>1.4</v>
       </c>
       <c r="K38" s="6">
         <v>64.4</v>
       </c>
       <c r="L38" s="6">
         <v>2.2</v>
       </c>
       <c r="M38" s="6">
         <v>36.9</v>
       </c>
       <c r="N38" s="6">
         <v>0.7</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="5"/>
       <c r="B39" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C39" s="6">
         <v>89.3</v>
       </c>
       <c r="D39" s="6">
         <v>1.3</v>
       </c>
       <c r="E39" s="6">
         <v>98.2</v>
       </c>
       <c r="F39" s="6">
         <v>0.5</v>
       </c>
       <c r="G39" s="6">
         <v>67.7</v>
       </c>
       <c r="H39" s="6">
         <v>1.8</v>
       </c>
       <c r="I39" s="6">
         <v>38.7</v>
       </c>
       <c r="J39" s="6">
         <v>1.4</v>
       </c>
       <c r="K39" s="6">
         <v>35.6</v>
       </c>
       <c r="L39" s="6">
         <v>2.2</v>
       </c>
       <c r="M39" s="6">
         <v>63.0</v>
       </c>
       <c r="N39" s="6">
         <v>0.7</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="5"/>
       <c r="B40" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C40" s="6">
         <v>100.0</v>
       </c>
       <c r="D40" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E40" s="6">
         <v>100.0</v>
       </c>
       <c r="F40" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G40" s="6">
         <v>100.0</v>
       </c>
       <c r="H40" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="I40" s="6">
         <v>100.0</v>
       </c>
       <c r="J40" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K40" s="6">
         <v>100.0</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M40" s="6">
         <v>100.0</v>
       </c>
       <c r="N40" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="41" spans="1:14" customHeight="1" ht="21.75">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1402497/584270</t>
           </r>
         </is>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
       <c r="L41" s="3"/>
       <c r="M41" s="3"/>
       <c r="N41" s="3"/>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">Anteil Waldprobeflächen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:14" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">aspect (5 classes)</t>
+            <t xml:space="preserve">Exposition (5 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1033</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:14" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">traces of snow movement</t>
+            <t xml:space="preserve">Spuren von Schneebewegungen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1044</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:14" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:14" customHeight="1" ht="29">
       <c r="A54" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:14" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:14" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A7:N7"/>
     <mergeCell ref="A8:N8"/>
     <mergeCell ref="C10:N10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="I11:J11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="M11:N11"/>
     <mergeCell ref="A13:A16"/>
     <mergeCell ref="A17:A20"/>
     <mergeCell ref="A21:A24"/>
     <mergeCell ref="A25:A28"/>
     <mergeCell ref="A29:A32"/>
     <mergeCell ref="A33:A36"/>