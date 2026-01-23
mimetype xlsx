--- v1 (2025-12-07)
+++ v2 (2026-01-23)
@@ -12,396 +12,393 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
-[...7 lines deleted...]
-    <t>Exposition (5 Klassen) · Spuren von Schneebewegungen</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+  <si>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione di aree di saggio in bosco</t>
+  </si>
+  <si>
+    <t>esposizione (5 classi) · tracce di movimenti della neve</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...26 lines deleted...]
-    <t>Spuren von Schneebewegungen</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>esposizione (5 classi)</t>
+  </si>
+  <si>
+    <t>tracce di movimenti della neve</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
-[...2 lines deleted...]
-    <t>Wert nicht ermittelt</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>vorhanden</t>
-[...8 lines deleted...]
-    <t>unbestimmt</t>
+    <t>presenti</t>
+  </si>
+  <si>
+    <t>non presenti</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>indeterminata</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>S</t>
+  </si>
+  <si>
     <t>O</t>
-  </si>
-[...4 lines deleted...]
-    <t>W</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1402497/584270</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Exposition (5 Klassen)</t>
+      <t xml:space="preserve">esposizione (5 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1033</t>
     </r>
   </si>
   <si>
-    <t>Exposition gemäss folgenden fünf Klassen: Nord, Ost, Süd, West und unbestimmt. «Unbestimmt» bedeutet, dass die Hangneigung ≤10% beträgt. Grundlage: Feldaufnahme (MID 191: Azimut der Exposition)</t>
+    <t>Esposizione secondo le seguenti cinque classi: nord, est, sud, ovest e indeterminata. «Indeterminata» significa che la superficie ha una pendenza ≤10%. Fonte: rilievo sul terreno (MID 191: Azimut der Exposition)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Spuren von Schneebewegungen</t>
+      <t xml:space="preserve">tracce di movimenti della neve</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1044</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen mit/ohne Spuren von Schneebewegungen, d.h. von Schneekriechen, Schneegleiten oder Lawinen auf der Interpretationsfläche (50 × 50 m). Grundlage: Feldaufnahme (MID 202: langsame Schneebewegung und MID 400: Lawinenspuren)</t>
+    <t>Aree di saggio con/senza tracce di movimenti della neve, ossia scorrimenti della neve, scivolamenti della neve o valanghe nell'area di interpretazione (50 × 50 m). Fonte: rilievo sul terreno (MID 202: langsame Schneebewegung e MID 400: Lawinenspuren)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -754,51 +751,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="29.279" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="38.705" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -904,1485 +901,1485 @@
       </c>
       <c r="I12" s="4" t="s">
         <v>17</v>
       </c>
       <c r="J12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>17</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>17</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C13" s="6">
         <v>0.0</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E13" s="6">
         <v>0.0</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G13" s="6">
         <v>0.0</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I13" s="6">
         <v>0.0</v>
       </c>
       <c r="J13" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K13" s="6">
         <v>0.0</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M13" s="6">
         <v>0.0</v>
       </c>
       <c r="N13" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="5"/>
       <c r="B14" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C14" s="6">
         <v>0.0</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E14" s="6">
         <v>0.0</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G14" s="6">
         <v>0.0</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I14" s="6">
         <v>0.0</v>
       </c>
       <c r="J14" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K14" s="6">
         <v>0.0</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M14" s="6">
         <v>0.0</v>
       </c>
       <c r="N14" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="5"/>
       <c r="B15" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C15" s="6">
         <v>0.0</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E15" s="6">
         <v>0.0</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G15" s="6">
         <v>0.0</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I15" s="6">
         <v>0.1</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K15" s="6">
         <v>0.2</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M15" s="6">
         <v>0.1</v>
       </c>
       <c r="N15" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="5"/>
       <c r="B16" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C16" s="6">
         <v>0.0</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E16" s="6">
         <v>0.0</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G16" s="6">
         <v>0.0</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I16" s="6">
         <v>0.1</v>
       </c>
       <c r="J16" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K16" s="6">
         <v>0.2</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M16" s="6">
         <v>0.1</v>
       </c>
       <c r="N16" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C17" s="6">
         <v>0.0</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E17" s="6">
         <v>0.0</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G17" s="6">
         <v>0.0</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I17" s="6">
         <v>0.0</v>
       </c>
       <c r="J17" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K17" s="6">
         <v>0.0</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M17" s="6">
         <v>0.0</v>
       </c>
       <c r="N17" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="5"/>
       <c r="B18" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C18" s="6">
         <v>0.2</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E18" s="6">
         <v>0.0</v>
       </c>
       <c r="F18" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G18" s="6">
         <v>0.2</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I18" s="6">
         <v>0.1</v>
       </c>
       <c r="J18" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K18" s="6">
         <v>0.0</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M18" s="6">
         <v>0.1</v>
       </c>
       <c r="N18" s="6">
         <v>0.1</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="5"/>
       <c r="B19" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C19" s="6">
         <v>11.6</v>
       </c>
       <c r="D19" s="6">
         <v>1.4</v>
       </c>
       <c r="E19" s="6">
         <v>37.9</v>
       </c>
       <c r="F19" s="6">
         <v>1.9</v>
       </c>
       <c r="G19" s="6">
         <v>3.5</v>
       </c>
       <c r="H19" s="6">
         <v>0.8</v>
       </c>
       <c r="I19" s="6">
         <v>1.6</v>
       </c>
       <c r="J19" s="6">
         <v>0.4</v>
       </c>
       <c r="K19" s="6">
         <v>0.4</v>
       </c>
       <c r="L19" s="6">
         <v>0.3</v>
       </c>
       <c r="M19" s="6">
         <v>10.2</v>
       </c>
       <c r="N19" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="5"/>
       <c r="B20" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C20" s="6">
         <v>11.7</v>
       </c>
       <c r="D20" s="6">
         <v>1.4</v>
       </c>
       <c r="E20" s="6">
         <v>37.9</v>
       </c>
       <c r="F20" s="6">
         <v>1.9</v>
       </c>
       <c r="G20" s="6">
         <v>3.7</v>
       </c>
       <c r="H20" s="6">
         <v>0.8</v>
       </c>
       <c r="I20" s="6">
         <v>1.7</v>
       </c>
       <c r="J20" s="6">
         <v>0.4</v>
       </c>
       <c r="K20" s="6">
         <v>0.4</v>
       </c>
       <c r="L20" s="6">
         <v>0.3</v>
       </c>
       <c r="M20" s="6">
         <v>10.3</v>
       </c>
       <c r="N20" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C21" s="6">
         <v>0.0</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E21" s="6">
         <v>0.0</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G21" s="6">
         <v>0.0</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I21" s="6">
         <v>0.1</v>
       </c>
       <c r="J21" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K21" s="6">
         <v>0.0</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M21" s="6">
         <v>0.0</v>
       </c>
       <c r="N21" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="5"/>
       <c r="B22" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C22" s="6">
         <v>4.5</v>
       </c>
       <c r="D22" s="6">
         <v>0.9</v>
       </c>
       <c r="E22" s="6">
         <v>0.3</v>
       </c>
       <c r="F22" s="6">
         <v>0.2</v>
       </c>
       <c r="G22" s="6">
         <v>9.4</v>
       </c>
       <c r="H22" s="6">
         <v>1.2</v>
       </c>
       <c r="I22" s="6">
         <v>17.6</v>
       </c>
       <c r="J22" s="6">
         <v>1.1</v>
       </c>
       <c r="K22" s="6">
         <v>15.7</v>
       </c>
       <c r="L22" s="6">
         <v>1.7</v>
       </c>
       <c r="M22" s="6">
         <v>10.5</v>
       </c>
       <c r="N22" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="5"/>
       <c r="B23" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C23" s="6">
         <v>24.7</v>
       </c>
       <c r="D23" s="6">
         <v>1.8</v>
       </c>
       <c r="E23" s="6">
         <v>21.0</v>
       </c>
       <c r="F23" s="6">
         <v>1.6</v>
       </c>
       <c r="G23" s="6">
         <v>20.2</v>
       </c>
       <c r="H23" s="6">
         <v>1.6</v>
       </c>
       <c r="I23" s="6">
         <v>10.5</v>
       </c>
       <c r="J23" s="6">
         <v>0.9</v>
       </c>
       <c r="K23" s="6">
         <v>7.1</v>
       </c>
       <c r="L23" s="6">
         <v>1.2</v>
       </c>
       <c r="M23" s="6">
         <v>16.1</v>
       </c>
       <c r="N23" s="6">
         <v>0.6</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="5"/>
       <c r="B24" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C24" s="6">
         <v>29.2</v>
       </c>
       <c r="D24" s="6">
         <v>1.9</v>
       </c>
       <c r="E24" s="6">
         <v>21.3</v>
       </c>
       <c r="F24" s="6">
         <v>1.6</v>
       </c>
       <c r="G24" s="6">
         <v>29.6</v>
       </c>
       <c r="H24" s="6">
         <v>1.9</v>
       </c>
       <c r="I24" s="6">
         <v>28.2</v>
       </c>
       <c r="J24" s="6">
         <v>1.3</v>
       </c>
       <c r="K24" s="6">
         <v>22.8</v>
       </c>
       <c r="L24" s="6">
         <v>2.0</v>
       </c>
       <c r="M24" s="6">
         <v>26.6</v>
       </c>
       <c r="N24" s="6">
         <v>0.8</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C25" s="6">
         <v>0.0</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E25" s="6">
         <v>0.0</v>
       </c>
       <c r="F25" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G25" s="6">
         <v>0.0</v>
       </c>
       <c r="H25" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I25" s="6">
         <v>0.0</v>
       </c>
       <c r="J25" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K25" s="6">
         <v>0.0</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M25" s="6">
         <v>0.0</v>
       </c>
       <c r="N25" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="5"/>
       <c r="B26" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C26" s="6">
         <v>1.6</v>
       </c>
       <c r="D26" s="6">
         <v>0.5</v>
       </c>
       <c r="E26" s="6">
         <v>0.7</v>
       </c>
       <c r="F26" s="6">
         <v>0.3</v>
       </c>
       <c r="G26" s="6">
         <v>6.7</v>
       </c>
       <c r="H26" s="6">
         <v>1.0</v>
       </c>
       <c r="I26" s="6">
         <v>13.9</v>
       </c>
       <c r="J26" s="6">
         <v>1.0</v>
       </c>
       <c r="K26" s="6">
         <v>18.2</v>
       </c>
       <c r="L26" s="6">
         <v>1.8</v>
       </c>
       <c r="M26" s="6">
         <v>8.7</v>
       </c>
       <c r="N26" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="5"/>
       <c r="B27" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C27" s="6">
         <v>17.4</v>
       </c>
       <c r="D27" s="6">
         <v>1.6</v>
       </c>
       <c r="E27" s="6">
         <v>14.9</v>
       </c>
       <c r="F27" s="6">
         <v>1.4</v>
       </c>
       <c r="G27" s="6">
         <v>18.5</v>
       </c>
       <c r="H27" s="6">
         <v>1.6</v>
       </c>
       <c r="I27" s="6">
         <v>9.1</v>
       </c>
       <c r="J27" s="6">
         <v>0.8</v>
       </c>
       <c r="K27" s="6">
         <v>11.4</v>
       </c>
       <c r="L27" s="6">
         <v>1.5</v>
       </c>
       <c r="M27" s="6">
         <v>13.5</v>
       </c>
       <c r="N27" s="6">
         <v>0.6</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="5"/>
       <c r="B28" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C28" s="6">
         <v>19.0</v>
       </c>
       <c r="D28" s="6">
         <v>1.7</v>
       </c>
       <c r="E28" s="6">
         <v>15.6</v>
       </c>
       <c r="F28" s="6">
         <v>1.4</v>
       </c>
       <c r="G28" s="6">
         <v>25.2</v>
       </c>
       <c r="H28" s="6">
         <v>1.7</v>
       </c>
       <c r="I28" s="6">
         <v>23.0</v>
       </c>
       <c r="J28" s="6">
         <v>1.2</v>
       </c>
       <c r="K28" s="6">
         <v>29.6</v>
       </c>
       <c r="L28" s="6">
         <v>2.2</v>
       </c>
       <c r="M28" s="6">
         <v>22.2</v>
       </c>
       <c r="N28" s="6">
         <v>0.7</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C29" s="6">
         <v>0.0</v>
       </c>
       <c r="D29" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E29" s="6">
         <v>0.0</v>
       </c>
       <c r="F29" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G29" s="6">
         <v>0.0</v>
       </c>
       <c r="H29" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I29" s="6">
         <v>0.0</v>
       </c>
       <c r="J29" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K29" s="6">
         <v>0.0</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M29" s="6">
         <v>0.0</v>
       </c>
       <c r="N29" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="5"/>
       <c r="B30" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C30" s="6">
         <v>2.8</v>
       </c>
       <c r="D30" s="6">
         <v>0.7</v>
       </c>
       <c r="E30" s="6">
         <v>0.3</v>
       </c>
       <c r="F30" s="6">
         <v>0.2</v>
       </c>
       <c r="G30" s="6">
         <v>6.1</v>
       </c>
       <c r="H30" s="6">
         <v>1.0</v>
       </c>
       <c r="I30" s="6">
         <v>12.9</v>
       </c>
       <c r="J30" s="6">
         <v>1.0</v>
       </c>
       <c r="K30" s="6">
         <v>14.8</v>
       </c>
       <c r="L30" s="6">
         <v>1.7</v>
       </c>
       <c r="M30" s="6">
         <v>7.9</v>
       </c>
       <c r="N30" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="5"/>
       <c r="B31" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C31" s="6">
         <v>22.8</v>
       </c>
       <c r="D31" s="6">
         <v>1.8</v>
       </c>
       <c r="E31" s="6">
         <v>11.4</v>
       </c>
       <c r="F31" s="6">
         <v>1.2</v>
       </c>
       <c r="G31" s="6">
         <v>11.3</v>
       </c>
       <c r="H31" s="6">
         <v>1.3</v>
       </c>
       <c r="I31" s="6">
         <v>8.1</v>
       </c>
       <c r="J31" s="6">
         <v>0.8</v>
       </c>
       <c r="K31" s="6">
         <v>7.4</v>
       </c>
       <c r="L31" s="6">
         <v>1.2</v>
       </c>
       <c r="M31" s="6">
         <v>11.6</v>
       </c>
       <c r="N31" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="5"/>
       <c r="B32" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C32" s="6">
         <v>25.7</v>
       </c>
       <c r="D32" s="6">
         <v>1.8</v>
       </c>
       <c r="E32" s="6">
         <v>11.7</v>
       </c>
       <c r="F32" s="6">
         <v>1.3</v>
       </c>
       <c r="G32" s="6">
         <v>17.4</v>
       </c>
       <c r="H32" s="6">
         <v>1.5</v>
       </c>
       <c r="I32" s="6">
         <v>21.0</v>
       </c>
       <c r="J32" s="6">
         <v>1.2</v>
       </c>
       <c r="K32" s="6">
         <v>22.2</v>
       </c>
       <c r="L32" s="6">
         <v>2.0</v>
       </c>
       <c r="M32" s="6">
         <v>19.5</v>
       </c>
       <c r="N32" s="6">
         <v>0.7</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C33" s="6">
         <v>0.0</v>
       </c>
       <c r="D33" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E33" s="6">
         <v>0.0</v>
       </c>
       <c r="F33" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G33" s="6">
         <v>0.0</v>
       </c>
       <c r="H33" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I33" s="6">
         <v>0.0</v>
       </c>
       <c r="J33" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K33" s="6">
         <v>0.0</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M33" s="6">
         <v>0.0</v>
       </c>
       <c r="N33" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="5"/>
       <c r="B34" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C34" s="6">
         <v>1.6</v>
       </c>
       <c r="D34" s="6">
         <v>0.5</v>
       </c>
       <c r="E34" s="6">
         <v>0.5</v>
       </c>
       <c r="F34" s="6">
         <v>0.3</v>
       </c>
       <c r="G34" s="6">
         <v>9.8</v>
       </c>
       <c r="H34" s="6">
         <v>1.2</v>
       </c>
       <c r="I34" s="6">
         <v>16.7</v>
       </c>
       <c r="J34" s="6">
         <v>1.1</v>
       </c>
       <c r="K34" s="6">
         <v>15.7</v>
       </c>
       <c r="L34" s="6">
         <v>1.7</v>
       </c>
       <c r="M34" s="6">
         <v>9.8</v>
       </c>
       <c r="N34" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="5"/>
       <c r="B35" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C35" s="6">
         <v>12.8</v>
       </c>
       <c r="D35" s="6">
         <v>1.4</v>
       </c>
       <c r="E35" s="6">
         <v>13.0</v>
       </c>
       <c r="F35" s="6">
         <v>1.3</v>
       </c>
       <c r="G35" s="6">
         <v>14.2</v>
       </c>
       <c r="H35" s="6">
         <v>1.4</v>
       </c>
       <c r="I35" s="6">
         <v>9.3</v>
       </c>
       <c r="J35" s="6">
         <v>0.9</v>
       </c>
       <c r="K35" s="6">
         <v>9.0</v>
       </c>
       <c r="L35" s="6">
         <v>1.4</v>
       </c>
       <c r="M35" s="6">
         <v>11.4</v>
       </c>
       <c r="N35" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="5"/>
       <c r="B36" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C36" s="6">
         <v>14.4</v>
       </c>
       <c r="D36" s="6">
         <v>1.5</v>
       </c>
       <c r="E36" s="6">
         <v>13.4</v>
       </c>
       <c r="F36" s="6">
         <v>1.3</v>
       </c>
       <c r="G36" s="6">
         <v>24.1</v>
       </c>
       <c r="H36" s="6">
         <v>1.7</v>
       </c>
       <c r="I36" s="6">
         <v>26.0</v>
       </c>
       <c r="J36" s="6">
         <v>1.3</v>
       </c>
       <c r="K36" s="6">
         <v>24.7</v>
       </c>
       <c r="L36" s="6">
         <v>2.1</v>
       </c>
       <c r="M36" s="6">
         <v>21.2</v>
       </c>
       <c r="N36" s="6">
         <v>0.7</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C37" s="6">
         <v>0.0</v>
       </c>
       <c r="D37" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E37" s="6">
         <v>0.0</v>
       </c>
       <c r="F37" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G37" s="6">
         <v>0.0</v>
       </c>
       <c r="H37" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I37" s="6">
         <v>0.1</v>
       </c>
       <c r="J37" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K37" s="6">
         <v>0.0</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M37" s="6">
         <v>0.0</v>
       </c>
       <c r="N37" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="5"/>
       <c r="B38" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C38" s="6">
         <v>10.7</v>
       </c>
       <c r="D38" s="6">
         <v>1.3</v>
       </c>
       <c r="E38" s="6">
         <v>1.8</v>
       </c>
       <c r="F38" s="6">
         <v>0.5</v>
       </c>
       <c r="G38" s="6">
         <v>32.3</v>
       </c>
       <c r="H38" s="6">
         <v>1.8</v>
       </c>
       <c r="I38" s="6">
         <v>61.2</v>
       </c>
       <c r="J38" s="6">
         <v>1.4</v>
       </c>
       <c r="K38" s="6">
         <v>64.4</v>
       </c>
       <c r="L38" s="6">
         <v>2.2</v>
       </c>
       <c r="M38" s="6">
         <v>36.9</v>
       </c>
       <c r="N38" s="6">
         <v>0.7</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="5"/>
       <c r="B39" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C39" s="6">
         <v>89.3</v>
       </c>
       <c r="D39" s="6">
         <v>1.3</v>
       </c>
       <c r="E39" s="6">
         <v>98.2</v>
       </c>
       <c r="F39" s="6">
         <v>0.5</v>
       </c>
       <c r="G39" s="6">
         <v>67.7</v>
       </c>
       <c r="H39" s="6">
         <v>1.8</v>
       </c>
       <c r="I39" s="6">
         <v>38.7</v>
       </c>
       <c r="J39" s="6">
         <v>1.4</v>
       </c>
       <c r="K39" s="6">
         <v>35.6</v>
       </c>
       <c r="L39" s="6">
         <v>2.2</v>
       </c>
       <c r="M39" s="6">
         <v>63.0</v>
       </c>
       <c r="N39" s="6">
         <v>0.7</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="5"/>
       <c r="B40" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C40" s="6">
         <v>100.0</v>
       </c>
       <c r="D40" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E40" s="6">
         <v>100.0</v>
       </c>
       <c r="F40" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G40" s="6">
         <v>100.0</v>
       </c>
       <c r="H40" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I40" s="6">
         <v>100.0</v>
       </c>
       <c r="J40" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K40" s="6">
         <v>100.0</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M40" s="6">
         <v>100.0</v>
       </c>
       <c r="N40" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:14" customHeight="1" ht="21.75">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1402497/584270</t>
           </r>
         </is>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
       <c r="L41" s="3"/>
       <c r="M41" s="3"/>
       <c r="N41" s="3"/>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:14" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Exposition (5 Klassen)</t>
+            <t xml:space="preserve">esposizione (5 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1033</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:14" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Spuren von Schneebewegungen</t>
+            <t xml:space="preserve">tracce di movimenti della neve</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1044</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:14" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:14" customHeight="1" ht="29">
       <c r="A54" s="1" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:14" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:14" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A7:N7"/>
     <mergeCell ref="A8:N8"/>
     <mergeCell ref="C10:N10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="I11:J11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="M11:N11"/>
     <mergeCell ref="A13:A16"/>
     <mergeCell ref="A17:A20"/>
     <mergeCell ref="A21:A24"/>
     <mergeCell ref="A25:A28"/>
     <mergeCell ref="A29:A32"/>
     <mergeCell ref="A33:A36"/>