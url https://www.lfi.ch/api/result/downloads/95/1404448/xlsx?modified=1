--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>NFI4</t>
-[...5 lines deleted...]
-    <t>structural diversity of the forest edge (without herbaceous fringe)</t>
+    <t>LFI4</t>
+  </si>
+  <si>
+    <t>Waldrandanteil</t>
+  </si>
+  <si>
+    <t>Strukturvielfalt des Waldrands (ohne Krautsaum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forest edge up to the montane vegetation belt</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Waldrand bis montane Stufe</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>production region</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2009/17</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...11 lines deleted...]
-    <t>Switzerland</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>Wert nicht ermittelt</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>low</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>gering</t>
+  </si>
+  <si>
+    <t>mittel</t>
+  </si>
+  <si>
+    <t>hoch</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1404448/586227</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest edge</t>
+      <t xml:space="preserve">Waldrandanteil</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Proportion of the forest edge with a certain characteristic (e.g. structural diversity, diversity of woody species or forest edge structure) in the total forest edge. The forest edge is the border or transition area between the vegetation form of forest and other elements of the landscape.</t>
+    <t>Anteil des Waldrandes mit einer bestimmten Eigenschaft (z.B. Strukturvielfalt, Gehölzartenvielfalt, Waldrandaufbau) am gesamten Waldrand. Dabei ist der Waldrand der Grenz- oder Übergangsbereich zwischen der Vegetationsform Wald und anderen Elementen der Landschaft.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">structural diversity of the forest edge (without herbaceous fringe)</t>
+      <t xml:space="preserve">Strukturvielfalt des Waldrands (ohne Krautsaum)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2346</t>
     </r>
   </si>
   <si>
-    <t>Value of the forest edge with respect to its vertical and horizontal structure, without taking the herbaceaous fringe into account - in three classes. Reference: Field Survey (MID 37: Waldrandaufbau, MID 42: Waldrandverlauf, MID 43: Waldranddichte, MID 38: Waldmantelbreite, MID 39: Strauchgürtelbreite)</t>
+    <t>Wert des Waldrands hinsichtlich seines vertikalen und horizontalen Aufbaus in drei Klassen, ohne Berücksichtigung des Krautsaums. Grundlage: Feldaufnahme (MID 37: Waldrandaufbau, MID 42: Waldrandverlauf, MID 43: Waldranddichte, MID 38: Waldmantelbreite, MID 39: Strauchgürtelbreite)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest edge up to the montane vegetation belt</t>
+      <t xml:space="preserve">Waldrand bis montane Stufe</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2677</t>
     </r>
   </si>
   <si>
-    <t>Forest edge in the NaiS altitudinal vegetation belts: «hyperinsubric», «colline», «colline with beech», «submontane», «lower montane», «upper montane», «lower/upper montane» and «high montane». Reference: Field Survey (MID 29: Waldrandbeschreibung)</t>
+    <t>Waldrand in den NaiS-Vegetationshöhenstufen hyperinsubrisch, kollin, kollin mit Buche, submontan, untermontan, obermontan, unter-/obermontan und hochmontan. Grundlage: Feldaufnahme (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">1,4-km-Netz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1061,233 +1061,233 @@
         <v>100.0</v>
       </c>
       <c r="K17" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="6">
         <v>100.0</v>
       </c>
       <c r="M17" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1404448/586227</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest edge</t>
+            <t xml:space="preserve">Waldrandanteil</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">structural diversity of the forest edge (without herbaceous fringe)</t>
+            <t xml:space="preserve">Strukturvielfalt des Waldrands (ohne Krautsaum)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2346</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest edge up to the montane vegetation belt</t>
+            <t xml:space="preserve">Waldrand bis montane Stufe</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2677</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">1,4-km-Netz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>