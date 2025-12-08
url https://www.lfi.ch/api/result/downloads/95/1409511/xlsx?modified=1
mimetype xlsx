--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>LFI2—LFI5</t>
-[...5 lines deleted...]
-    <t>Hochlagen/Tieflagen</t>
+    <t>NFI2—NFI5</t>
+  </si>
+  <si>
+    <t>change: basal area</t>
+  </si>
+  <si>
+    <t>higher/lower altitude zone</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Veränderung 1993/95–2018/26</t>
-[...2 lines deleted...]
-    <t>Kanton</t>
+    <t>change 1993/95–2018/26</t>
+  </si>
+  <si>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,243 +172,243 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Tieflagen</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>lower altitude zone</t>
+  </si>
+  <si>
+    <t>higher altitude zone</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1409511/591290</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Basalfläche</t>
+      <t xml:space="preserve">basal area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
+    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hochlagen/Tieflagen</t>
+      <t xml:space="preserve">higher/lower altitude zone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Gebiete in höheren und tieferen Lagen, eingeteilt anhand der Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005). Die Grenze zwischen den Hochlagen und den Tieflagen verläuft auf der Alpennordseite zwischen den Stufen «obermontan» und «untermontan», auf der Alpensüdseite zwischen den Stufen «hochmontan» und «ober-/untermontan». Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
+    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -760,51 +760,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -1837,51 +1837,51 @@
         <v>-4.1</v>
       </c>
       <c r="AY16" s="6">
         <v>40</v>
       </c>
       <c r="AZ16" s="6">
         <v>0.8</v>
       </c>
       <c r="BA16" s="6">
         <v>41</v>
       </c>
     </row>
     <row r="17" spans="1:53" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1409511/591290</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1919,191 +1919,191 @@
       <c r="AQ17" s="3"/>
       <c r="AR17" s="3"/>
       <c r="AS17" s="3"/>
       <c r="AT17" s="3"/>
       <c r="AU17" s="3"/>
       <c r="AV17" s="3"/>
       <c r="AW17" s="3"/>
       <c r="AX17" s="3"/>
       <c r="AY17" s="3"/>
       <c r="AZ17" s="3"/>
       <c r="BA17" s="3"/>
     </row>
     <row r="20" spans="1:53">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Basalfläche</t>
+            <t xml:space="preserve">basal area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:53" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="23" spans="1:53">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hochlagen/Tieflagen</t>
+            <t xml:space="preserve">higher/lower altitude zone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:53" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="26" spans="1:53">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:53">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:53" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:53">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:53" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>