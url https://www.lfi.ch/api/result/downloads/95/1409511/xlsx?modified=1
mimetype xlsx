--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -14,128 +14,128 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>NFI2—NFI5</t>
-[...5 lines deleted...]
-    <t>higher/lower altitude zone</t>
+    <t>IFN2—IFN5</t>
+  </si>
+  <si>
+    <t>évolution: surface terrière</t>
+  </si>
+  <si>
+    <t>zones supérieures/inférieures</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
       <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>change 1993/95–2018/26</t>
+    <t>évolution 1993/95–2018/26</t>
   </si>
   <si>
     <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
@@ -172,243 +172,243 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Suisse</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>lower altitude zone</t>
-[...2 lines deleted...]
-    <t>higher altitude zone</t>
+    <t>zones inférieures</t>
+  </si>
+  <si>
+    <t>zones supérieures</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1409511/591290</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">surface terrière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Somme des sections transversales à 1,3 m de hauteur de tous les arbres et arbustes vifs (sur pied et à terre) avec un diamètre à hauteur de poitrine (DHP) d’au moins 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">higher/lower altitude zone</t>
+      <t xml:space="preserve">zones supérieures/inférieures</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t>Zones situées à des altitudes plus ou moins élevées, classées en fonction des étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005). La frontière entre les zones supérieures et les zones inférieures s'étend au nord des Alpes entre les étages «montagnard supérieur» et «montagnard inférieur», et au sud des Alpes entre les étages «haut-montagnard» et «montagnard supérieur/inférieur». Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Découpage régional dont les cantons constituent l'unité. Pour des raisons statistiques, les deux demi-cantons de Bâle-Campagne et Bâle-Ville sont regroupés en un seul canton.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -760,51 +760,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -1837,51 +1837,51 @@
         <v>-4.1</v>
       </c>
       <c r="AY16" s="6">
         <v>40</v>
       </c>
       <c r="AZ16" s="6">
         <v>0.8</v>
       </c>
       <c r="BA16" s="6">
         <v>41</v>
       </c>
     </row>
     <row r="17" spans="1:53" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1409511/591290</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1919,86 +1919,86 @@
       <c r="AQ17" s="3"/>
       <c r="AR17" s="3"/>
       <c r="AS17" s="3"/>
       <c r="AT17" s="3"/>
       <c r="AU17" s="3"/>
       <c r="AV17" s="3"/>
       <c r="AW17" s="3"/>
       <c r="AX17" s="3"/>
       <c r="AY17" s="3"/>
       <c r="AZ17" s="3"/>
       <c r="BA17" s="3"/>
     </row>
     <row r="20" spans="1:53">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">surface terrière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:53" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="23" spans="1:53">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">higher/lower altitude zone</t>
+            <t xml:space="preserve">zones supérieures/inférieures</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:53" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="26" spans="1:53">
       <c r="A26" t="inlineStr">
         <is>
           <r>
@@ -2024,86 +2024,86 @@
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:53">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:53" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:53">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:53" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>