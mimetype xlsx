--- v2 (2026-01-23)
+++ v3 (2026-01-23)
@@ -17,128 +17,128 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>IFN2—IFN5</t>
   </si>
   <si>
-    <t>évolution: surface terrière</t>
-[...2 lines deleted...]
-    <t>zones supérieures/inférieures</t>
+    <t>variazione: area basimetrica</t>
+  </si>
+  <si>
+    <t>alte/basse quote</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>évolution 1993/95–2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>variazione 1993/95–2018/26</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,243 +172,243 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Suisse</t>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>zones inférieures</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>basse quote</t>
+  </si>
+  <si>
+    <t>alte quote</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1409511/591290</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface terrière</t>
+      <t xml:space="preserve">area basimetrica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Somme des sections transversales à 1,3 m de hauteur de tous les arbres et arbustes vifs (sur pied et à terre) avec un diamètre à hauteur de poitrine (DHP) d’au moins 12 cm.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zones supérieures/inférieures</t>
+      <t xml:space="preserve">alte/basse quote</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Zones situées à des altitudes plus ou moins élevées, classées en fonction des étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005). La frontière entre les zones supérieures et les zones inférieures s'étend au nord des Alpes entre les étages «montagnard supérieur» et «montagnard inférieur», et au sud des Alpes entre les étages «haut-montagnard» et «montagnard supérieur/inférieur». Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al.</t>
+    <t xml:space="preserve">Stazioni di alta e bassa quota, classificate in base alle fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005). Il limite tra alte e basse quote sul versante nord delle alpi si colloca tra le fasce «montana superiore» e «montana inferiore», a Sud delle Alpi tra le fasce «altimontana» e «montana inferiore/superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Découpage régional dont les cantons constituent l'unité. Pour des raisons statistiques, les deux demi-cantons de Bâle-Campagne et Bâle-Ville sont regroupés en un seul canton.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -760,51 +760,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -1837,51 +1837,51 @@
         <v>-4.1</v>
       </c>
       <c r="AY16" s="6">
         <v>40</v>
       </c>
       <c r="AZ16" s="6">
         <v>0.8</v>
       </c>
       <c r="BA16" s="6">
         <v>41</v>
       </c>
     </row>
     <row r="17" spans="1:53" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1409511/591290</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1919,191 +1919,191 @@
       <c r="AQ17" s="3"/>
       <c r="AR17" s="3"/>
       <c r="AS17" s="3"/>
       <c r="AT17" s="3"/>
       <c r="AU17" s="3"/>
       <c r="AV17" s="3"/>
       <c r="AW17" s="3"/>
       <c r="AX17" s="3"/>
       <c r="AY17" s="3"/>
       <c r="AZ17" s="3"/>
       <c r="BA17" s="3"/>
     </row>
     <row r="20" spans="1:53">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface terrière</t>
+            <t xml:space="preserve">area basimetrica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:53" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="23" spans="1:53">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zones supérieures/inférieures</t>
+            <t xml:space="preserve">alte/basse quote</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:53" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="26" spans="1:53">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:53">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:53" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:53">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:53" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>