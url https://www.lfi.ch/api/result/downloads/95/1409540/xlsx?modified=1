--- v0 (2026-01-23)
+++ v1 (2026-01-24)
@@ -14,200 +14,200 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
-    <t>IFN1—IFN5</t>
-[...5 lines deleted...]
-    <t>specie arborea (56 classi)</t>
+    <t>NFI1—NFI5</t>
+  </si>
+  <si>
+    <t>change: basal area</t>
+  </si>
+  <si>
+    <t>tree species (56 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>variazione 1983/85–2018/26</t>
-[...23 lines deleted...]
-    <t>Svizzera</t>
+    <t>change 1983/85–2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>Abies alba</t>
   </si>
   <si>
     <t>Larix decidua, Larix kaempferi</t>
   </si>
   <si>
     <t>Picea abies</t>
   </si>
   <si>
     <t>Pinus cembra</t>
   </si>
   <si>
     <t>Pinus mugo subsp. uncinata</t>
   </si>
   <si>
     <t>Pinus mugo subsp. mugo</t>
   </si>
   <si>
     <t>Pinus nigra</t>
   </si>
   <si>
     <t>Pinus strobus</t>
   </si>
   <si>
     <t>Pinus sylvestris</t>
   </si>
   <si>
     <t>Pseudotsuga menziesii</t>
   </si>
   <si>
     <t>Taxus baccata</t>
   </si>
   <si>
-    <t>altre conifere</t>
+    <t>other conifers</t>
   </si>
   <si>
     <t>Acer campestre</t>
   </si>
   <si>
     <t>Acer opalus</t>
   </si>
   <si>
     <t>Acer platanoides</t>
   </si>
   <si>
     <t>Acer pseudoplatanus</t>
   </si>
   <si>
     <t>Aesculus hippocastanum</t>
   </si>
   <si>
     <t>Alnus glutinosa</t>
   </si>
   <si>
     <t>Alnus incana</t>
   </si>
   <si>
     <t>Alnus viridis</t>
   </si>
@@ -232,288 +232,288 @@
   <si>
     <t>Fraxinus ornus</t>
   </si>
   <si>
     <t>Ilex aquifolium</t>
   </si>
   <si>
     <t>Juglans regia</t>
   </si>
   <si>
     <t>Laburnum anagyroides</t>
   </si>
   <si>
     <t>Malus sylvestris</t>
   </si>
   <si>
     <t>Ostrya carpinifolia</t>
   </si>
   <si>
     <t>Populus alba, Populus x canescens</t>
   </si>
   <si>
     <t>Populus nigra s.l.</t>
   </si>
   <si>
-    <t>Populus (altr)</t>
+    <t>Populus (others)</t>
   </si>
   <si>
     <t>Populus tremula</t>
   </si>
   <si>
     <t>Prunus avium</t>
   </si>
   <si>
     <t>Prunus padus</t>
   </si>
   <si>
     <t>Pyrus communis, Pyrus pyraster</t>
   </si>
   <si>
     <t>Quercus cerris</t>
   </si>
   <si>
     <t>Quercus petraea</t>
   </si>
   <si>
     <t>Quercus pubescens</t>
   </si>
   <si>
     <t>Quercus robur</t>
   </si>
   <si>
     <t>Quercus rubra</t>
   </si>
   <si>
     <t>Robinia pseudoacacia</t>
   </si>
   <si>
-    <t>Salix (altri)</t>
+    <t>Salix (others)</t>
   </si>
   <si>
     <t>Sorbus aria</t>
   </si>
   <si>
     <t>Sorbus aucuparia</t>
   </si>
   <si>
     <t>Sorbus torminalis</t>
   </si>
   <si>
     <t>Tilia cordata</t>
   </si>
   <si>
     <t>Tilia platyphyllos</t>
   </si>
   <si>
     <t>Ulmus glabra</t>
   </si>
   <si>
     <t>Ulmus minor</t>
   </si>
   <si>
-    <t>altre latifoglie</t>
-[...8 lines deleted...]
-    <t>totale</t>
+    <t>other broadleaves</t>
+  </si>
+  <si>
+    <t>other shrubs</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1409540/591319</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">area basimetrica</t>
+      <t xml:space="preserve">basal area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
+    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">specie arborea (56 classi)</t>
+      <t xml:space="preserve">tree species (56 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2207</t>
     </r>
   </si>
   <si>
-    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) in 56 classi. Le specie (gruppi di specie) non esplicitamente elencate sono riportate nelle classi «altre conifere», «altre latifoglie» e «altri arbusti». Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) – in 56 classes. The species (or species groups) not explicitly listed are subsumed in the classes «other conifers», «other broadleaved trees» and «other shrubs». Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3758,235 +3758,235 @@
         <v>10.9</v>
       </c>
       <c r="M70" s="6">
         <v>11</v>
       </c>
       <c r="N70" s="6">
         <v>2.6</v>
       </c>
       <c r="O70" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="71" spans="1:15" customHeight="1" ht="21.75">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1409540/591319</t>
           </r>
         </is>
       </c>
       <c r="B71" s="3"/>
       <c r="C71" s="3"/>
       <c r="D71" s="3"/>
       <c r="E71" s="3"/>
       <c r="F71" s="3"/>
       <c r="G71" s="3"/>
       <c r="H71" s="3"/>
       <c r="I71" s="3"/>
       <c r="J71" s="3"/>
       <c r="K71" s="3"/>
       <c r="L71" s="3"/>
       <c r="M71" s="3"/>
       <c r="N71" s="3"/>
       <c r="O71" s="3"/>
     </row>
     <row r="74" spans="1:15">
       <c r="A74" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">area basimetrica</t>
+            <t xml:space="preserve">basal area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="75" spans="1:15" customHeight="1" ht="29">
       <c r="A75" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">specie arborea (56 classi)</t>
+            <t xml:space="preserve">tree species (56 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2207</t>
           </r>
         </is>
       </c>
     </row>
     <row r="78" spans="1:15" customHeight="1" ht="29">
       <c r="A78" s="1" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="81" spans="1:15" customHeight="1" ht="29">
       <c r="A81" s="1" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="84" spans="1:15" customHeight="1" ht="29">
       <c r="A84" s="1" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="87" spans="1:15" customHeight="1" ht="29">
       <c r="A87" s="1" t="s">
         <v>87</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>