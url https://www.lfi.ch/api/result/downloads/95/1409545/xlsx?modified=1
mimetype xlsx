--- v0 (2026-01-23)
+++ v1 (2026-01-24)
@@ -14,197 +14,197 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
-    <t>IFN2—IFN5</t>
-[...5 lines deleted...]
-    <t>specie arborea (56 classi)</t>
+    <t>LFI2—LFI5</t>
+  </si>
+  <si>
+    <t>Veränderung: Basalfläche</t>
+  </si>
+  <si>
+    <t>Baumart (56 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>variazione 1993/95–2018/26</t>
-[...20 lines deleted...]
-    <t>Svizzera</t>
+    <t>Veränderung 1993/95–2018/26</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>Abies alba</t>
   </si>
   <si>
     <t>Larix decidua, Larix kaempferi</t>
   </si>
   <si>
     <t>Picea abies</t>
   </si>
   <si>
     <t>Pinus cembra</t>
   </si>
   <si>
     <t>Pinus mugo subsp. uncinata</t>
   </si>
   <si>
     <t>Pinus mugo subsp. mugo</t>
   </si>
   <si>
     <t>Pinus nigra</t>
   </si>
   <si>
     <t>Pinus strobus</t>
   </si>
   <si>
     <t>Pinus sylvestris</t>
   </si>
   <si>
     <t>Pseudotsuga menziesii</t>
   </si>
   <si>
     <t>Taxus baccata</t>
   </si>
   <si>
-    <t>altre conifere</t>
+    <t>übrige Nadelbäume</t>
   </si>
   <si>
     <t>Acer campestre</t>
   </si>
   <si>
     <t>Acer opalus</t>
   </si>
   <si>
     <t>Acer platanoides</t>
   </si>
   <si>
     <t>Acer pseudoplatanus</t>
   </si>
   <si>
     <t>Aesculus hippocastanum</t>
   </si>
   <si>
     <t>Alnus glutinosa</t>
   </si>
   <si>
     <t>Alnus incana</t>
   </si>
   <si>
     <t>Alnus viridis</t>
   </si>
@@ -229,288 +229,288 @@
   <si>
     <t>Fraxinus ornus</t>
   </si>
   <si>
     <t>Ilex aquifolium</t>
   </si>
   <si>
     <t>Juglans regia</t>
   </si>
   <si>
     <t>Laburnum anagyroides</t>
   </si>
   <si>
     <t>Malus sylvestris</t>
   </si>
   <si>
     <t>Ostrya carpinifolia</t>
   </si>
   <si>
     <t>Populus alba, Populus x canescens</t>
   </si>
   <si>
     <t>Populus nigra s.l.</t>
   </si>
   <si>
-    <t>Populus (altr)</t>
+    <t>Populus (übrige)</t>
   </si>
   <si>
     <t>Populus tremula</t>
   </si>
   <si>
     <t>Prunus avium</t>
   </si>
   <si>
     <t>Prunus padus</t>
   </si>
   <si>
     <t>Pyrus communis, Pyrus pyraster</t>
   </si>
   <si>
     <t>Quercus cerris</t>
   </si>
   <si>
     <t>Quercus petraea</t>
   </si>
   <si>
     <t>Quercus pubescens</t>
   </si>
   <si>
     <t>Quercus robur</t>
   </si>
   <si>
     <t>Quercus rubra</t>
   </si>
   <si>
     <t>Robinia pseudoacacia</t>
   </si>
   <si>
-    <t>Salix (altri)</t>
+    <t>Salix (übrige)</t>
   </si>
   <si>
     <t>Sorbus aria</t>
   </si>
   <si>
     <t>Sorbus aucuparia</t>
   </si>
   <si>
     <t>Sorbus torminalis</t>
   </si>
   <si>
     <t>Tilia cordata</t>
   </si>
   <si>
     <t>Tilia platyphyllos</t>
   </si>
   <si>
     <t>Ulmus glabra</t>
   </si>
   <si>
     <t>Ulmus minor</t>
   </si>
   <si>
-    <t>altre latifoglie</t>
-[...8 lines deleted...]
-    <t>totale</t>
+    <t>übrige Laubbäume</t>
+  </si>
+  <si>
+    <t>übrige Sträucher</t>
+  </si>
+  <si>
+    <t>nicht bestimmbar</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1409545/591324</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">area basimetrica</t>
+      <t xml:space="preserve">Basalfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
+    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">specie arborea (56 classi)</t>
+      <t xml:space="preserve">Baumart (56 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2207</t>
     </r>
   </si>
   <si>
-    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) in 56 classi. Le specie (gruppi di specie) non esplicitamente elencate sono riportate nelle classi «altre conifere», «altre latifoglie» e «altri arbusti». Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in 56 Klassen. Die nicht explizit aufgeführten Arten(gruppen) sind in den Klassen «übrige Nadelbäume», übrige Laubbäume» und «übrige Sträucher» zusammengefasst. Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3393,233 +3393,233 @@
         <v>8.3</v>
       </c>
       <c r="K70" s="6">
         <v>13</v>
       </c>
       <c r="L70" s="6">
         <v>0.8</v>
       </c>
       <c r="M70" s="6">
         <v>41</v>
       </c>
     </row>
     <row r="71" spans="1:13" customHeight="1" ht="21.75">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1409545/591324</t>
           </r>
         </is>
       </c>
       <c r="B71" s="3"/>
       <c r="C71" s="3"/>
       <c r="D71" s="3"/>
       <c r="E71" s="3"/>
       <c r="F71" s="3"/>
       <c r="G71" s="3"/>
       <c r="H71" s="3"/>
       <c r="I71" s="3"/>
       <c r="J71" s="3"/>
       <c r="K71" s="3"/>
       <c r="L71" s="3"/>
       <c r="M71" s="3"/>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">area basimetrica</t>
+            <t xml:space="preserve">Basalfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="75" spans="1:13" customHeight="1" ht="29">
       <c r="A75" s="1" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">specie arborea (56 classi)</t>
+            <t xml:space="preserve">Baumart (56 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2207</t>
           </r>
         </is>
       </c>
     </row>
     <row r="78" spans="1:13" customHeight="1" ht="29">
       <c r="A78" s="1" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="81" spans="1:13" customHeight="1" ht="29">
       <c r="A81" s="1" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="84" spans="1:13" customHeight="1" ht="29">
       <c r="A84" s="1" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="87" spans="1:13" customHeight="1" ht="29">
       <c r="A87" s="1" t="s">
         <v>86</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>