--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>NFI2—NFI5</t>
-[...5 lines deleted...]
-    <t>conifers and broadleaves</t>
+    <t>LFI2—LFI5</t>
+  </si>
+  <si>
+    <t>Veränderung: Basalfläche</t>
+  </si>
+  <si>
+    <t>Nadelholz, Laubholz</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Veränderung 1993/95–2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifers</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>Nadelholz</t>
+  </si>
+  <si>
+    <t>Laubholz</t>
+  </si>
+  <si>
+    <t>nicht bestimmbar</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1409930/591709</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">Basalfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifers and broadleaves</t>
+      <t xml:space="preserve">Nadelholz, Laubholz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1108,235 +1108,235 @@
         <v>8.3</v>
       </c>
       <c r="M17" s="6">
         <v>13</v>
       </c>
       <c r="N17" s="6">
         <v>0.8</v>
       </c>
       <c r="O17" s="6">
         <v>41</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1409930/591709</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">Basalfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifers and broadleaves</t>
+            <t xml:space="preserve">Nadelholz, Laubholz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>