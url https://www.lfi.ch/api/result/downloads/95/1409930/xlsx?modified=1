--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>LFI2—LFI5</t>
-[...5 lines deleted...]
-    <t>Nadelholz, Laubholz</t>
+    <t>IFN2—IFN5</t>
+  </si>
+  <si>
+    <t>variazione: area basimetrica</t>
+  </si>
+  <si>
+    <t>conifere e latifoglie</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>variazione 1993/95–2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Nadelholz</t>
-[...8 lines deleted...]
-    <t>Total</t>
+    <t>conifere</t>
+  </si>
+  <si>
+    <t>latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1409930/591709</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Basalfläche</t>
+      <t xml:space="preserve">area basimetrica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Nadelholz, Laubholz</t>
+      <t xml:space="preserve">conifere e latifoglie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1108,235 +1108,235 @@
         <v>8.3</v>
       </c>
       <c r="M17" s="6">
         <v>13</v>
       </c>
       <c r="N17" s="6">
         <v>0.8</v>
       </c>
       <c r="O17" s="6">
         <v>41</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1409930/591709</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Basalfläche</t>
+            <t xml:space="preserve">area basimetrica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Nadelholz, Laubholz</t>
+            <t xml:space="preserve">conifere e latifoglie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>