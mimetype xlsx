--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>tipo di bosco (3 classi) · funzione particolare del bosco (2 classi)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Waldtyp (3 Klassen) · spezielle Waldfunktion (2 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: cantone</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...2 lines deleted...]
-    <t>cantone</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,287 +172,287 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Svizzera</t>
-[...5 lines deleted...]
-    <t>funzione particolare del bosco (2 classi)</t>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Waldtyp (3 Klassen)</t>
+  </si>
+  <si>
+    <t>spezielle Waldfunktion (2 Klassen)</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>non presenta</t>
-[...14 lines deleted...]
-    <t>arbusteti</t>
+    <t>nicht vorhanden</t>
+  </si>
+  <si>
+    <t>vorhanden</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>zugänglicher Wald ohne Gebüschwald</t>
+  </si>
+  <si>
+    <t>unzugänglicher Wald ohne Gebüschwald</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gebüschwald </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410486/592317</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tipo di bosco (3 classi)</t>
+      <t xml:space="preserve">Waldtyp (3 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione del bosco in base alla decisione di bosco e all'accessibilità nelle tre classi «bosco accessibile esclusi gli arbusteti», «bosco inaccessibile esclusi gli arbusteti» e «arbusteti».</t>
+    <t>Einteilung des Waldes aufgrund des Waldentscheids und der Zugänglichkeit in die drei Klassen «zugänglicher Wald ohne Gebüschwald», «unzugänglicher Wald ohne Gebüschwald» und «Gebüschwald».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">funzione particolare del bosco (2 classi)</t>
+      <t xml:space="preserve">spezielle Waldfunktion (2 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1095</t>
     </r>
   </si>
   <si>
-    <t>Presenza di una funzione del bosco di significativa importanza locale secondo la pianificazione forestale o la valutazione del servizio forestale locale, in due classi (presente/non presente). Le funzioni del bosco sono, ad esempio, la produzione di legname, la protezione dai pericoli naturali, la protezione della natura, la protezione delle acque potabili. Fonte: inchiesta presso il servizio forestale (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Vorkommen einer Waldfunktion von erheblicher lokaler Bedeutung gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst in zwei Klassen (vorhanden/nicht vorhanden). Waldfunktionen sind z.B. Holzproduktion, Schutz gegen Naturgefahren, Naturschutz, Trinkwasserschutz. Grundlage: Forstdienstbefragung (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cantone</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -804,52 +804,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="51.702" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="43.418" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -4493,51 +4493,51 @@
         <v>50.2</v>
       </c>
       <c r="AZ32" s="6">
         <v>7</v>
       </c>
       <c r="BA32" s="6">
         <v>1176.4</v>
       </c>
       <c r="BB32" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:54" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410486/592317</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
@@ -4575,226 +4575,226 @@
       <c r="AR33" s="3"/>
       <c r="AS33" s="3"/>
       <c r="AT33" s="3"/>
       <c r="AU33" s="3"/>
       <c r="AV33" s="3"/>
       <c r="AW33" s="3"/>
       <c r="AX33" s="3"/>
       <c r="AY33" s="3"/>
       <c r="AZ33" s="3"/>
       <c r="BA33" s="3"/>
       <c r="BB33" s="3"/>
     </row>
     <row r="36" spans="1:54">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:54" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="39" spans="1:54">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tipo di bosco (3 classi)</t>
+            <t xml:space="preserve">Waldtyp (3 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:54" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="42" spans="1:54">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">funzione particolare del bosco (2 classi)</t>
+            <t xml:space="preserve">spezielle Waldfunktion (2 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1095</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:54" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="45" spans="1:54">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cantone</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:54" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="48" spans="1:54">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:54" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="51" spans="1:54">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:54" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>59</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>