--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,356 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>intensity of recreational use</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proportion de placettes en forêt</t>
+  </si>
+  <si>
+    <t>intensité de l'utilisation récréative</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région de forêt protectrice</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unité</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de forêt protectrice</t>
+  </si>
+  <si>
+    <t>Plateau/Jura</t>
+  </si>
+  <si>
+    <t>Nord des Alpes ouest</t>
+  </si>
+  <si>
+    <t>Nord des Alpes est</t>
+  </si>
+  <si>
+    <t>Sud-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>none</t>
-[...14 lines deleted...]
-    <t>very strong</t>
+    <t>pas d'utilisation récréative</t>
+  </si>
+  <si>
+    <t>très faible</t>
+  </si>
+  <si>
+    <t>faible</t>
+  </si>
+  <si>
+    <t>modérée</t>
+  </si>
+  <si>
+    <t>forte</t>
+  </si>
+  <si>
+    <t>très forte</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410582/592413</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">proportion de placettes en forêt</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Proportion de placettes d'échantillonnage qui correspondent à la définition IFN de la forêt, c'est-à-dire qui sont couvertes par de la «forêt sans la forêt buissonnante» ou de la «forêt buissonnante».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">intensity of recreational use</t>
+      <t xml:space="preserve">intensité de l'utilisation récréative</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #508</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without current recreational use within a radius of 100 m around the sample plot centre, classified according to visitor frequency as a measure of the intensity of recreational use. No recreational use: &lt;10 persons/year; very low intensity: &lt;1 person/day; low: 1-10 persons/day; moderate: 11-100 persons/day; high: 101-500 persons/day; very high: &gt;500 persons/day based on the entire year or the relevant season, taking into account all types of recreational use. Reference: Forest Service Survey (MID 330: Intensität der aktuellen Erholungsnutzung)</t>
+    <t>Placettes d'échantillonnage avec/sans utilisation récréative actuelle dans un rayon de 100 m autour du centre de la placette d'échantillonnage, classées selon le taux de fréquentation comme mesure de l'intensité de l'utilisation récréative. pas d'utilisation récréative: &lt;10 personnes/an, intensité de l'utilisation récréative très faible: &lt;1 personne/jour, faible: 1-10 personnes/jour, modérée: 11-100 personnes/jour, forte: 101-500 personnes/jour, très forte: &gt;500 personnes/jour, se référant à l'année entière ou à la saison déterminante en tenant compte de tous les types d'utilisation récréative. Source: enquête auprès des services forestiers (MID 330: Intensité de l'utilisation récréative actuelle)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">région de forêt protectrice</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Découpage de la Suisse utilisé dans l'IFN pour analyser des forêts protectrices. Les six régions de forêts protectrices ont été formées à partir des régions économiques en regroupant certaines régions selon des critères environnementaux et statistiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,51 +715,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1258,235 +1258,235 @@
         <v>100.0</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N20" s="6">
         <v>100.0</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410582/592413</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">proportion de placettes en forêt</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">intensity of recreational use</t>
+            <t xml:space="preserve">intensité de l'utilisation récréative</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #508</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">région de forêt protectrice</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>