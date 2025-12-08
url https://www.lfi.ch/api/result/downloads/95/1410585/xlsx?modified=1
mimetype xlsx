--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Intensität der Erholungsnutzung</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>proportion of forest plots</t>
+  </si>
+  <si>
+    <t>intensity of recreational use</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>Produktionsregion</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...11 lines deleted...]
-    <t>Schweiz</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>keine Erholungsnutzung</t>
-[...17 lines deleted...]
-    <t>Total</t>
+    <t>none</t>
+  </si>
+  <si>
+    <t>low</t>
+  </si>
+  <si>
+    <t>light</t>
+  </si>
+  <si>
+    <t>moderate</t>
+  </si>
+  <si>
+    <t>strong</t>
+  </si>
+  <si>
+    <t>very strong</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410585/592416</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proportion of forest plots</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Intensität der Erholungsnutzung</t>
+      <t xml:space="preserve">intensity of recreational use</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #508</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen ohne/mit aktueller Erholungsnutzung im Umkreis von 100 m um das Probeflächenzentrum, klassiert nach der Besucherfrequenz als Mass für die Intensität der Erholungsnutzung. keine Erholungsnutzung: &lt;10 Personen/Jahr, Intensität der Erholungsnutzung sehr gering: &lt;1 Person/Tag, gering: 1-10 Personen/Tag, mässig: 11-100 Personen/Tag, gross: 101-500 Personen/Tag, sehr gross: &gt;500 Personen/Tag bezogen auf das gesamte Jahr bzw. die massgebende Saison unter Berücksichtigung aller Arten der Erholungsnutzung. Grundlage: Forstdienstbefragung (MID 330: Intensität der aktuellen Erholungsnutzung)</t>
+    <t>Sample plots with/without current recreational use within a radius of 100 m around the sample plot centre, classified according to visitor frequency as a measure of the intensity of recreational use. No recreational use: &lt;10 persons/year; very low intensity: &lt;1 person/day; low: 1-10 persons/day; moderate: 11-100 persons/day; high: 101-500 persons/day; very high: &gt;500 persons/day based on the entire year or the relevant season, taking into account all types of recreational use. Reference: Forest Service Survey (MID 330: Intensität der aktuellen Erholungsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,51 +712,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1193,233 +1193,233 @@
         <v>100.0</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="6">
         <v>100.0</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410585/592416</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proportion of forest plots</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Intensität der Erholungsnutzung</t>
+            <t xml:space="preserve">intensity of recreational use</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #508</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>