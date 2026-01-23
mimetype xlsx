--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>intensity of recreational use</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione di aree di saggio in bosco</t>
+  </si>
+  <si>
+    <t>intensità dell'uso ricreativo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...27 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>none</t>
-[...17 lines deleted...]
-    <t>total</t>
+    <t>nessuna attività di svago</t>
+  </si>
+  <si>
+    <t>molto debole</t>
+  </si>
+  <si>
+    <t>debole</t>
+  </si>
+  <si>
+    <t>moderata</t>
+  </si>
+  <si>
+    <t>forte</t>
+  </si>
+  <si>
+    <t>molto forte</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410585/592416</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">intensity of recreational use</t>
+      <t xml:space="preserve">intensità dell'uso ricreativo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #508</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without current recreational use within a radius of 100 m around the sample plot centre, classified according to visitor frequency as a measure of the intensity of recreational use. No recreational use: &lt;10 persons/year; very low intensity: &lt;1 person/day; low: 1-10 persons/day; moderate: 11-100 persons/day; high: 101-500 persons/day; very high: &gt;500 persons/day based on the entire year or the relevant season, taking into account all types of recreational use. Reference: Forest Service Survey (MID 330: Intensität der aktuellen Erholungsnutzung)</t>
+    <t>Aree di saggio senza/con attuale uso ricreativo in un raggio di 100 m intorno al centro dell'area di saggio, classificate in base alla frequenza dei visitatori come misura dell'intensità dell'uso ricreativo. nessuna attività ricreativa: &lt;10 persone/anno, intensità delle attività ricreativa molto bassa: &lt;1 persona/giorno, bassa: 1-10 persone/giorno, moderata: 11-100 persone/giorno, grande: 101-500 persone/giorno, molto grande: &gt;500 persone/giorno riferita all'intero anno o alla relativa stagione, tenendo conto di tutti i tipi di attività ricreativa. Fonte: inchiesta presso il servizio forestale (MID 330: Intensität der aktuellen Erholungsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1193,233 +1193,233 @@
         <v>100.0</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="6">
         <v>100.0</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410585/592416</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">intensity of recreational use</t>
+            <t xml:space="preserve">intensità dell'uso ricreativo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #508</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>