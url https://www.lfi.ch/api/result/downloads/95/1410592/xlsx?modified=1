--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,356 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>intensity of recreational use</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Anteil Waldprobeflächen</t>
+  </si>
+  <si>
+    <t>Intensität der Erholungsnutzung</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>none</t>
-[...17 lines deleted...]
-    <t>total</t>
+    <t>keine Erholungsnutzung</t>
+  </si>
+  <si>
+    <t>sehr gering</t>
+  </si>
+  <si>
+    <t xml:space="preserve">gering </t>
+  </si>
+  <si>
+    <t>mässig</t>
+  </si>
+  <si>
+    <t xml:space="preserve">gross </t>
+  </si>
+  <si>
+    <t>sehr gross</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410592/592423</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">Anteil Waldprobeflächen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">intensity of recreational use</t>
+      <t xml:space="preserve">Intensität der Erholungsnutzung</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #508</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without current recreational use within a radius of 100 m around the sample plot centre, classified according to visitor frequency as a measure of the intensity of recreational use. No recreational use: &lt;10 persons/year; very low intensity: &lt;1 person/day; low: 1-10 persons/day; moderate: 11-100 persons/day; high: 101-500 persons/day; very high: &gt;500 persons/day based on the entire year or the relevant season, taking into account all types of recreational use. Reference: Forest Service Survey (MID 330: Intensität der aktuellen Erholungsnutzung)</t>
+    <t>Probeflächen ohne/mit aktueller Erholungsnutzung im Umkreis von 100 m um das Probeflächenzentrum, klassiert nach der Besucherfrequenz als Mass für die Intensität der Erholungsnutzung. keine Erholungsnutzung: &lt;10 Personen/Jahr, Intensität der Erholungsnutzung sehr gering: &lt;1 Person/Tag, gering: 1-10 Personen/Tag, mässig: 11-100 Personen/Tag, gross: 101-500 Personen/Tag, sehr gross: &gt;500 Personen/Tag bezogen auf das gesamte Jahr bzw. die massgebende Saison unter Berücksichtigung aller Arten der Erholungsnutzung. Grundlage: Forstdienstbefragung (MID 330: Intensität der aktuellen Erholungsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,51 +715,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1258,235 +1258,235 @@
         <v>100.0</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N20" s="6">
         <v>100.0</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410592/592423</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">Anteil Waldprobeflächen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">intensity of recreational use</t>
+            <t xml:space="preserve">Intensität der Erholungsnutzung</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #508</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>