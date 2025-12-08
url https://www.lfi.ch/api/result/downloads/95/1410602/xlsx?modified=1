--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,356 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Intensität der Erholungsnutzung</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>proportion of forest plots</t>
+  </si>
+  <si>
+    <t>intensity of recreational use</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>keine Erholungsnutzung</t>
-[...17 lines deleted...]
-    <t>Total</t>
+    <t>none</t>
+  </si>
+  <si>
+    <t>low</t>
+  </si>
+  <si>
+    <t>light</t>
+  </si>
+  <si>
+    <t>moderate</t>
+  </si>
+  <si>
+    <t>strong</t>
+  </si>
+  <si>
+    <t>very strong</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410602/592433</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proportion of forest plots</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Intensität der Erholungsnutzung</t>
+      <t xml:space="preserve">intensity of recreational use</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #508</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen ohne/mit aktueller Erholungsnutzung im Umkreis von 100 m um das Probeflächenzentrum, klassiert nach der Besucherfrequenz als Mass für die Intensität der Erholungsnutzung. keine Erholungsnutzung: &lt;10 Personen/Jahr, Intensität der Erholungsnutzung sehr gering: &lt;1 Person/Tag, gering: 1-10 Personen/Tag, mässig: 11-100 Personen/Tag, gross: 101-500 Personen/Tag, sehr gross: &gt;500 Personen/Tag bezogen auf das gesamte Jahr bzw. die massgebende Saison unter Berücksichtigung aller Arten der Erholungsnutzung. Grundlage: Forstdienstbefragung (MID 330: Intensität der aktuellen Erholungsnutzung)</t>
+    <t>Sample plots with/without current recreational use within a radius of 100 m around the sample plot centre, classified according to visitor frequency as a measure of the intensity of recreational use. No recreational use: &lt;10 persons/year; very low intensity: &lt;1 person/day; low: 1-10 persons/day; moderate: 11-100 persons/day; high: 101-500 persons/day; very high: &gt;500 persons/day based on the entire year or the relevant season, taking into account all types of recreational use. Reference: Forest Service Survey (MID 330: Intensität der aktuellen Erholungsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald</t>
+      <t xml:space="preserve">accessible forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist, und zu Fuss aufgesucht werden kann.</t>
+    <t>Area that meets the forest definition of the NFI, i.e. is «forest without shrub forest» or «shrub forest», and can be reached on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,51 +715,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1258,235 +1258,235 @@
         <v>100.0</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N20" s="6">
         <v>100.0</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410602/592433</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proportion of forest plots</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Intensität der Erholungsnutzung</t>
+            <t xml:space="preserve">intensity of recreational use</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #508</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald</t>
+            <t xml:space="preserve">accessible forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>