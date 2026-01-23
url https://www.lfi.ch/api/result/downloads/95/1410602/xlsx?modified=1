--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -14,356 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>intensity of recreational use</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione di aree di saggio in bosco</t>
+  </si>
+  <si>
+    <t>intensità dell'uso ricreativo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>none</t>
-[...17 lines deleted...]
-    <t>total</t>
+    <t>nessuna attività di svago</t>
+  </si>
+  <si>
+    <t>molto debole</t>
+  </si>
+  <si>
+    <t>debole</t>
+  </si>
+  <si>
+    <t>moderata</t>
+  </si>
+  <si>
+    <t>forte</t>
+  </si>
+  <si>
+    <t>molto forte</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410602/592433</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">intensity of recreational use</t>
+      <t xml:space="preserve">intensità dell'uso ricreativo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #508</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without current recreational use within a radius of 100 m around the sample plot centre, classified according to visitor frequency as a measure of the intensity of recreational use. No recreational use: &lt;10 persons/year; very low intensity: &lt;1 person/day; low: 1-10 persons/day; moderate: 11-100 persons/day; high: 101-500 persons/day; very high: &gt;500 persons/day based on the entire year or the relevant season, taking into account all types of recreational use. Reference: Forest Service Survey (MID 330: Intensität der aktuellen Erholungsnutzung)</t>
+    <t>Aree di saggio senza/con attuale uso ricreativo in un raggio di 100 m intorno al centro dell'area di saggio, classificate in base alla frequenza dei visitatori come misura dell'intensità dell'uso ricreativo. nessuna attività ricreativa: &lt;10 persone/anno, intensità delle attività ricreativa molto bassa: &lt;1 persona/giorno, bassa: 1-10 persone/giorno, moderata: 11-100 persone/giorno, grande: 101-500 persone/giorno, molto grande: &gt;500 persone/giorno riferita all'intero anno o alla relativa stagione, tenendo conto di tutti i tipi di attività ricreativa. Fonte: inchiesta presso il servizio forestale (MID 330: Intensität der aktuellen Erholungsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest</t>
+      <t xml:space="preserve">bosco accessibile</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the forest definition of the NFI, i.e. is «forest without shrub forest» or «shrub forest», and can be reached on foot.</t>
+    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto», e che può essere raggiunta a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1258,235 +1258,235 @@
         <v>100.0</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N20" s="6">
         <v>100.0</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410602/592433</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">intensity of recreational use</t>
+            <t xml:space="preserve">intensità dell'uso ricreativo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #508</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest</t>
+            <t xml:space="preserve">bosco accessibile</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>