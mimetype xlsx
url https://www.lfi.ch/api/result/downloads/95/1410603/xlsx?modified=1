--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,356 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Intensität der Erholungsnutzung</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>proportion of forest plots</t>
+  </si>
+  <si>
+    <t>intensity of recreational use</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>biogeografische Region</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...14 lines deleted...]
-    <t>Schweiz</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>keine Erholungsnutzung</t>
-[...17 lines deleted...]
-    <t>Total</t>
+    <t>none</t>
+  </si>
+  <si>
+    <t>low</t>
+  </si>
+  <si>
+    <t>light</t>
+  </si>
+  <si>
+    <t>moderate</t>
+  </si>
+  <si>
+    <t>strong</t>
+  </si>
+  <si>
+    <t>very strong</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410603/592434</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proportion of forest plots</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Intensität der Erholungsnutzung</t>
+      <t xml:space="preserve">intensity of recreational use</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #508</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen ohne/mit aktueller Erholungsnutzung im Umkreis von 100 m um das Probeflächenzentrum, klassiert nach der Besucherfrequenz als Mass für die Intensität der Erholungsnutzung. keine Erholungsnutzung: &lt;10 Personen/Jahr, Intensität der Erholungsnutzung sehr gering: &lt;1 Person/Tag, gering: 1-10 Personen/Tag, mässig: 11-100 Personen/Tag, gross: 101-500 Personen/Tag, sehr gross: &gt;500 Personen/Tag bezogen auf das gesamte Jahr bzw. die massgebende Saison unter Berücksichtigung aller Arten der Erholungsnutzung. Grundlage: Forstdienstbefragung (MID 330: Intensität der aktuellen Erholungsnutzung)</t>
+    <t>Sample plots with/without current recreational use within a radius of 100 m around the sample plot centre, classified according to visitor frequency as a measure of the intensity of recreational use. No recreational use: &lt;10 persons/year; very low intensity: &lt;1 person/day; low: 1-10 persons/day; moderate: 11-100 persons/day; high: 101-500 persons/day; very high: &gt;500 persons/day based on the entire year or the relevant season, taking into account all types of recreational use. Reference: Forest Service Survey (MID 330: Intensität der aktuellen Erholungsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald</t>
+      <t xml:space="preserve">accessible forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist, und zu Fuss aufgesucht werden kann.</t>
+    <t>Area that meets the forest definition of the NFI, i.e. is «forest without shrub forest» or «shrub forest», and can be reached on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,51 +715,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1258,235 +1258,235 @@
         <v>100.0</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N20" s="6">
         <v>100.0</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410603/592434</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proportion of forest plots</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Intensität der Erholungsnutzung</t>
+            <t xml:space="preserve">intensity of recreational use</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #508</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald</t>
+            <t xml:space="preserve">accessible forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>