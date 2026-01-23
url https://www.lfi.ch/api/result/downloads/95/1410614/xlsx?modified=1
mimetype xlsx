--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,356 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>intensity of recreational use</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proportion de placettes en forêt</t>
+  </si>
+  <si>
+    <t>intensité de l'utilisation récréative</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région biogéographique</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unité</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forest</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>biogeographical region</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région biogéographique</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>Northern Alps</t>
-[...11 lines deleted...]
-    <t>Switzerland</t>
+    <t>nord des Alpes</t>
+  </si>
+  <si>
+    <t>ouest des Alpes centrales</t>
+  </si>
+  <si>
+    <t>est des Alpes centrales</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>none</t>
-[...14 lines deleted...]
-    <t>very strong</t>
+    <t>pas d'utilisation récréative</t>
+  </si>
+  <si>
+    <t>très faible</t>
+  </si>
+  <si>
+    <t>faible</t>
+  </si>
+  <si>
+    <t>modérée</t>
+  </si>
+  <si>
+    <t>forte</t>
+  </si>
+  <si>
+    <t>très forte</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410614/592445</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">proportion de placettes en forêt</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Proportion de placettes d'échantillonnage qui correspondent à la définition IFN de la forêt, c'est-à-dire qui sont couvertes par de la «forêt sans la forêt buissonnante» ou de la «forêt buissonnante».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">intensity of recreational use</t>
+      <t xml:space="preserve">intensité de l'utilisation récréative</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #508</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without current recreational use within a radius of 100 m around the sample plot centre, classified according to visitor frequency as a measure of the intensity of recreational use. No recreational use: &lt;10 persons/year; very low intensity: &lt;1 person/day; low: 1-10 persons/day; moderate: 11-100 persons/day; high: 101-500 persons/day; very high: &gt;500 persons/day based on the entire year or the relevant season, taking into account all types of recreational use. Reference: Forest Service Survey (MID 330: Intensität der aktuellen Erholungsnutzung)</t>
+    <t>Placettes d'échantillonnage avec/sans utilisation récréative actuelle dans un rayon de 100 m autour du centre de la placette d'échantillonnage, classées selon le taux de fréquentation comme mesure de l'intensité de l'utilisation récréative. pas d'utilisation récréative: &lt;10 personnes/an, intensité de l'utilisation récréative très faible: &lt;1 personne/jour, faible: 1-10 personnes/jour, modérée: 11-100 personnes/jour, forte: 101-500 personnes/jour, très forte: &gt;500 personnes/jour, se référant à l'année entière ou à la saison déterminante en tenant compte de tous les types d'utilisation récréative. Source: enquête auprès des services forestiers (MID 330: Intensité de l'utilisation récréative actuelle)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">région biogéographique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Découpage de la Suisse en six régions avec une flore et une faune similaires. Les six régions correspondent au découpage de base selon le document «Les régions biogéographiques de la Suisse», publié par l'OFEV en 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest</t>
+      <t xml:space="preserve">forêt</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the NFI's definition of 'forest', i.e. is «a forest without shrub forest» or «a shrub forest».</t>
+    <t>Zone répondant à la définition forestière de l'IFN, c'est-à-dire «forêt sans la forêt buissonnante» ou «forêt buissonnante».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,51 +715,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1258,235 +1258,235 @@
         <v>100.0</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N20" s="6">
         <v>100.0</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410614/592445</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">proportion de placettes en forêt</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">intensity of recreational use</t>
+            <t xml:space="preserve">intensité de l'utilisation récréative</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #508</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">région biogéographique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest</t>
+            <t xml:space="preserve">forêt</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>