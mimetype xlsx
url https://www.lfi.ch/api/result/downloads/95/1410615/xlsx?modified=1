--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>intensity of recreational use</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proportion de placettes en forêt</t>
+  </si>
+  <si>
+    <t>intensité de l'utilisation récréative</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région de production</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unité</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forest</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>production region</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de production</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>Pre-Alps</t>
-[...8 lines deleted...]
-    <t>Switzerland</t>
+    <t>Préalpes</t>
+  </si>
+  <si>
+    <t>Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>none</t>
-[...14 lines deleted...]
-    <t>very strong</t>
+    <t>pas d'utilisation récréative</t>
+  </si>
+  <si>
+    <t>très faible</t>
+  </si>
+  <si>
+    <t>faible</t>
+  </si>
+  <si>
+    <t>modérée</t>
+  </si>
+  <si>
+    <t>forte</t>
+  </si>
+  <si>
+    <t>très forte</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410615/592446</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">proportion de placettes en forêt</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Proportion de placettes d'échantillonnage qui correspondent à la définition IFN de la forêt, c'est-à-dire qui sont couvertes par de la «forêt sans la forêt buissonnante» ou de la «forêt buissonnante».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">intensity of recreational use</t>
+      <t xml:space="preserve">intensité de l'utilisation récréative</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #508</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without current recreational use within a radius of 100 m around the sample plot centre, classified according to visitor frequency as a measure of the intensity of recreational use. No recreational use: &lt;10 persons/year; very low intensity: &lt;1 person/day; low: 1-10 persons/day; moderate: 11-100 persons/day; high: 101-500 persons/day; very high: &gt;500 persons/day based on the entire year or the relevant season, taking into account all types of recreational use. Reference: Forest Service Survey (MID 330: Intensität der aktuellen Erholungsnutzung)</t>
+    <t>Placettes d'échantillonnage avec/sans utilisation récréative actuelle dans un rayon de 100 m autour du centre de la placette d'échantillonnage, classées selon le taux de fréquentation comme mesure de l'intensité de l'utilisation récréative. pas d'utilisation récréative: &lt;10 personnes/an, intensité de l'utilisation récréative très faible: &lt;1 personne/jour, faible: 1-10 personnes/jour, modérée: 11-100 personnes/jour, forte: 101-500 personnes/jour, très forte: &gt;500 personnes/jour, se référant à l'année entière ou à la saison déterminante en tenant compte de tous les types d'utilisation récréative. Source: enquête auprès des services forestiers (MID 330: Intensité de l'utilisation récréative actuelle)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">région de production</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest</t>
+      <t xml:space="preserve">forêt</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the NFI's definition of 'forest', i.e. is «a forest without shrub forest» or «a shrub forest».</t>
+    <t>Zone répondant à la définition forestière de l'IFN, c'est-à-dire «forêt sans la forêt buissonnante» ou «forêt buissonnante».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,51 +712,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1193,233 +1193,233 @@
         <v>100.0</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="6">
         <v>100.0</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410615/592446</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">proportion de placettes en forêt</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">intensity of recreational use</t>
+            <t xml:space="preserve">intensité de l'utilisation récréative</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #508</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">région de production</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest</t>
+            <t xml:space="preserve">forêt</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>