--- v1 (2026-01-23)
+++ v2 (2026-01-24)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>intensité de l'utilisation récréative</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Anteil Waldprobeflächen</t>
+  </si>
+  <si>
+    <t>Intensität der Erholungsnutzung</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: région de production</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, total de colonne</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forêt</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Wald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
-[...9 lines deleted...]
-    <t>région de production</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...11 lines deleted...]
-    <t>Suisse</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>pas d'utilisation récréative</t>
-[...17 lines deleted...]
-    <t>total</t>
+    <t>keine Erholungsnutzung</t>
+  </si>
+  <si>
+    <t>sehr gering</t>
+  </si>
+  <si>
+    <t xml:space="preserve">gering </t>
+  </si>
+  <si>
+    <t>mässig</t>
+  </si>
+  <si>
+    <t xml:space="preserve">gross </t>
+  </si>
+  <si>
+    <t>sehr gross</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410615/592446</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion de placettes en forêt</t>
+      <t xml:space="preserve">Anteil Waldprobeflächen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion de placettes d'échantillonnage qui correspondent à la définition IFN de la forêt, c'est-à-dire qui sont couvertes par de la «forêt sans la forêt buissonnante» ou de la «forêt buissonnante».</t>
+    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">intensité de l'utilisation récréative</t>
+      <t xml:space="preserve">Intensität der Erholungsnutzung</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #508</t>
     </r>
   </si>
   <si>
-    <t>Placettes d'échantillonnage avec/sans utilisation récréative actuelle dans un rayon de 100 m autour du centre de la placette d'échantillonnage, classées selon le taux de fréquentation comme mesure de l'intensité de l'utilisation récréative. pas d'utilisation récréative: &lt;10 personnes/an, intensité de l'utilisation récréative très faible: &lt;1 personne/jour, faible: 1-10 personnes/jour, modérée: 11-100 personnes/jour, forte: 101-500 personnes/jour, très forte: &gt;500 personnes/jour, se référant à l'année entière ou à la saison déterminante en tenant compte de tous les types d'utilisation récréative. Source: enquête auprès des services forestiers (MID 330: Intensité de l'utilisation récréative actuelle)</t>
+    <t>Probeflächen ohne/mit aktueller Erholungsnutzung im Umkreis von 100 m um das Probeflächenzentrum, klassiert nach der Besucherfrequenz als Mass für die Intensität der Erholungsnutzung. keine Erholungsnutzung: &lt;10 Personen/Jahr, Intensität der Erholungsnutzung sehr gering: &lt;1 Person/Tag, gering: 1-10 Personen/Tag, mässig: 11-100 Personen/Tag, gross: 101-500 Personen/Tag, sehr gross: &gt;500 Personen/Tag bezogen auf das gesamte Jahr bzw. die massgebende Saison unter Berücksichtigung aller Arten der Erholungsnutzung. Grundlage: Forstdienstbefragung (MID 330: Intensität der aktuellen Erholungsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région de production</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt</t>
+      <t xml:space="preserve">Wald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Zone répondant à la définition forestière de l'IFN, c'est-à-dire «forêt sans la forêt buissonnante» ou «forêt buissonnante».</t>
+    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,51 +712,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1193,233 +1193,233 @@
         <v>100.0</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="6">
         <v>100.0</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410615/592446</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion de placettes en forêt</t>
+            <t xml:space="preserve">Anteil Waldprobeflächen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">intensité de l'utilisation récréative</t>
+            <t xml:space="preserve">Intensität der Erholungsnutzung</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #508</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région de production</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt</t>
+            <t xml:space="preserve">Wald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>